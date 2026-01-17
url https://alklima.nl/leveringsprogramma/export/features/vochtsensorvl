--- v0 (2025-10-08)
+++ v1 (2026-01-17)
@@ -14,206 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>VOCHTSENSORVL</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ruimte vocht en temperatuur sensor tbv Lossnay VL-250-35-500</t>
   </si>
   <si>
     <t>Elektrische gegevens</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Nom. voedingsspanning bij DC</t>
   </si>
   <si>
-    <t>12.00 - 36.00 V</t>
+    <t>12.00 - 36.00</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Technische gegevens</t>
   </si>
   <si>
     <t>Beschermingsgraad (IP)</t>
   </si>
   <si>
     <t>IP30</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Geschikt voor wandmontage</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Geschikt voor lucht</t>
   </si>
   <si>
     <t>Met behuizing</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Kleur behuizing</t>
   </si>
   <si>
     <t>Wit</t>
   </si>
   <si>
     <t>Type voeding</t>
   </si>
   <si>
     <t>Voedingskabel</t>
   </si>
   <si>
     <t>Relatieve luchtvochtigheid meting</t>
   </si>
   <si>
     <t>Omgevingstemperatuur</t>
   </si>
   <si>
-    <t>-5.00 - 55.00 °C</t>
+    <t>-5.00 - 55.00</t>
   </si>
   <si>
     <t>°C</t>
   </si>
   <si>
     <t>Uitvoering elektrische aansluiting</t>
   </si>
   <si>
     <t>Schroefaansluiting</t>
   </si>
   <si>
     <t>Dekselbevestiging</t>
   </si>
   <si>
     <t>Opklemmend (snap)</t>
   </si>
   <si>
     <t>Aantal uitgangsbereiken 0 V ... 10 V</t>
   </si>
   <si>
     <t>Toepassingsgebied</t>
   </si>
   <si>
     <t>Ruimte</t>
   </si>
   <si>
     <t>Temperatuurmeetbereik</t>
   </si>
   <si>
-    <t>0.00 - 50.00 °C</t>
+    <t>0.00 - 50.00</t>
   </si>
   <si>
     <t>Opnemerelement binnen behuizing</t>
   </si>
   <si>
     <t>Temperatuurmeting actief</t>
   </si>
   <si>
     <t>Relatieve luchtvochtigheid meetbereik</t>
   </si>
   <si>
-    <t>0.00 - 100.00 %</t>
+    <t>0.00 - 100.00</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Hoogte behuizing</t>
   </si>
   <si>
-    <t>85 mm</t>
-[...1 lines deleted...]
-  <si>
     <t>mm</t>
   </si>
   <si>
     <t>Breedte behuizing</t>
   </si>
   <si>
     <t>Diepte behuizing</t>
-  </si>
-[...1 lines deleted...]
-    <t>27 mm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -914,51 +908,51 @@
       </c>
       <c r="B30" s="4"/>
       <c r="C30" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D30" s="4"/>
       <c r="E30" s="4"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B31" s="4"/>
       <c r="C31" s="4" t="s">
         <v>35</v>
       </c>
       <c r="D31" s="4"/>
       <c r="E31" s="4"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B32" s="4"/>
       <c r="C32" s="4">
-        <v>2</v>
+        <v>2.0</v>
       </c>
       <c r="D32" s="4"/>
       <c r="E32" s="4"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B33" s="4"/>
       <c r="C33" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D33" s="4"/>
       <c r="E33" s="4"/>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="4"/>
       <c r="C34" s="4" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="4"/>
       <c r="E34" s="4" t="s">
@@ -983,82 +977,82 @@
       <c r="B36" s="4"/>
       <c r="C36" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="4"/>
       <c r="E36" s="4"/>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B37" s="4"/>
       <c r="C37" s="4" t="s">
         <v>44</v>
       </c>
       <c r="D37" s="4"/>
       <c r="E37" s="4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B38" s="4"/>
-      <c r="C38" s="4" t="s">
-        <v>47</v>
+      <c r="C38" s="4">
+        <v>85.0</v>
       </c>
       <c r="D38" s="4"/>
       <c r="E38" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="4" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B39" s="4"/>
-      <c r="C39" s="4" t="s">
-        <v>47</v>
+      <c r="C39" s="4">
+        <v>85.0</v>
       </c>
       <c r="D39" s="4"/>
       <c r="E39" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="4" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B40" s="4"/>
-      <c r="C40" s="4" t="s">
-        <v>51</v>
+      <c r="C40" s="4">
+        <v>27.0</v>
       </c>
       <c r="D40" s="4"/>
       <c r="E40" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A14:E14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="C22:D22"/>