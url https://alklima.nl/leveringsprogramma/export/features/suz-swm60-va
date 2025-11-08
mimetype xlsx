--- v0 (2025-10-07)
+++ v1 (2025-11-08)
@@ -205,69 +205,69 @@
   <si>
     <t>Geluidsprestaties</t>
   </si>
   <si>
     <t>Geluidsprestatieniveau buitenunit (volgens EN 12102 bij 0/35 °C)</t>
   </si>
   <si>
     <t>60 dB(A)</t>
   </si>
   <si>
     <t>dB(A)</t>
   </si>
   <si>
     <t>Geluidsdrukniveau buitenunit volgens EN 12102 bij 0/35 °C op 1 m. afstand</t>
   </si>
   <si>
     <t>49 dB</t>
   </si>
   <si>
     <t>dB</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
+    <t>Koelleiding diameters</t>
+  </si>
+  <si>
+    <t>1/4" - 1/2"</t>
+  </si>
+  <si>
     <t>Afmetingen buiten-unit (HxBxD)</t>
   </si>
   <si>
     <t>880 × 840 × 330 mm</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Gewicht buitenunit</t>
   </si>
   <si>
     <t>54 kg</t>
-  </si>
-[...4 lines deleted...]
-    <t>1/4" - 1/2"</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>Buitenunit</t>
   </si>
   <si>
     <t>Geschikt voor bijverwarming CV</t>
   </si>
   <si>
     <t>Ruimtetemperatuur regeling</t>
   </si>
   <si>
     <t>Type regeling</t>
   </si>
   <si>
     <t>Extern</t>
   </si>
   <si>
     <t>Externe regeling nodig</t>
   </si>
@@ -1214,77 +1214,77 @@
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="3"/>
       <c r="C46" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="4" t="s">
         <v>63</v>
       </c>
       <c r="B47" s="4"/>
       <c r="C47" s="4" t="s">
         <v>64</v>
       </c>
       <c r="D47" s="4"/>
-      <c r="E47" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E47" s="4"/>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="4" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B48" s="4"/>
       <c r="C48" s="4" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D48" s="4"/>
       <c r="E48" s="4" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B49" s="4"/>
       <c r="C49" s="4" t="s">
         <v>69</v>
       </c>
       <c r="D49" s="4"/>
-      <c r="E49" s="4"/>
+      <c r="E49" s="4" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="2"/>
       <c r="E51" s="2"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="3"/>
       <c r="C52" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">