--- v0 (2025-10-08)
+++ v1 (2025-11-11)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>SCR-M60V2-200E SET</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Eco Inverter SWM60, Cilinder-unit 200 liter</t>
   </si>
   <si>
@@ -118,50 +118,56 @@
   <si>
     <t>Verwarmingsvermogen bij -7/35°C volgens EN 14511</t>
   </si>
   <si>
     <t>6 kW</t>
   </si>
   <si>
     <t>SEER laagtemperatuur toepassing (35°C) bij gemiddelde omstandigheden</t>
   </si>
   <si>
     <t>SEER middentemperatuur toepassing (55°C) bij gemiddelde omstandigheden</t>
   </si>
   <si>
     <t>Energie-efficiëntieklasse ruimteverwarming (811/2013/EU)</t>
   </si>
   <si>
     <t>A+++</t>
   </si>
   <si>
     <t>Koelvermogen bij 35/18°C volgens EN 14511</t>
   </si>
   <si>
     <t>7.2 kW</t>
   </si>
   <si>
+    <t>Minimaal koelvermogen A20/W18</t>
+  </si>
+  <si>
+    <t>2.3 kW</t>
+  </si>
+  <si>
     <t>EER bij 35/18°C</t>
   </si>
   <si>
     <t>Koelvermogen bij 35/7°C volgens EN 14511</t>
   </si>
   <si>
     <t>1.70 - 5.30 kW</t>
   </si>
   <si>
     <t>Energie-efficiëntieklasse ruimteverwarming (35°C) bij gemiddelde omstandigheden</t>
   </si>
   <si>
     <t>A+++ [D - A+++]</t>
   </si>
   <si>
     <t>Energie-efficiëntieklasse waterverwarming</t>
   </si>
   <si>
     <t>A+ [F - A+]</t>
   </si>
   <si>
     <t>Energie-efficiëntie van waterverwarming (Nwh)</t>
   </si>
   <si>
     <t>153 %</t>
@@ -262,50 +268,59 @@
   <si>
     <t>0.8 kg</t>
   </si>
   <si>
     <t>kg</t>
   </si>
   <si>
     <t>Voorgevuld tot x meter leidinglengte</t>
   </si>
   <si>
     <t>5 m</t>
   </si>
   <si>
     <t>m</t>
   </si>
   <si>
     <t>Max. leidinglengte</t>
   </si>
   <si>
     <t>30 m</t>
   </si>
   <si>
     <t>Max. hoogteverschil</t>
   </si>
   <si>
+    <t>Luchtdebiet buitendeel</t>
+  </si>
+  <si>
+    <t>1812 m3/h</t>
+  </si>
+  <si>
+    <t>m3/h</t>
+  </si>
+  <si>
     <t>Max. werkdruk afgiftesysteem</t>
   </si>
   <si>
     <t>3 bar</t>
   </si>
   <si>
     <t>bar</t>
   </si>
   <si>
     <t>Max. druk warm tapwater</t>
   </si>
   <si>
     <t>Geluidsprestaties</t>
   </si>
   <si>
     <t>Geluidsprestatieniveau binnenunit (volgens EN 12102 bij 0/35 °C)</t>
   </si>
   <si>
     <t>41 dB(A)</t>
   </si>
   <si>
     <t>dB(A)</t>
   </si>
   <si>
     <t>Geluidsprestatieniveau buitenunit (volgens EN 12102 bij 0/35 °C)</t>
@@ -319,153 +334,144 @@
   <si>
     <t>29 dB</t>
   </si>
   <si>
     <t>dB</t>
   </si>
   <si>
     <t>Geluidsdrukniveau buitenunit volgens EN 12102 bij 0/35 °C op 1 m. afstand</t>
   </si>
   <si>
     <t>45 dB</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Aansluiting koud tapwater</t>
   </si>
   <si>
     <t>Binnendraad cilindrisch BSPP-G (ISO 228-1)</t>
   </si>
   <si>
     <t>Aansluiting warm tapwater</t>
   </si>
   <si>
+    <t>Nom. diameter afgiftesysteem</t>
+  </si>
+  <si>
+    <t>1" (25)</t>
+  </si>
+  <si>
+    <t>Nom. diameter warm tapwater</t>
+  </si>
+  <si>
+    <t>3/4" (20)</t>
+  </si>
+  <si>
+    <t>Koelleiding diameters</t>
+  </si>
+  <si>
+    <t>1/4" - 1/2"</t>
+  </si>
+  <si>
     <t>Afmetingen binnen-unit (HxBxD)</t>
   </si>
   <si>
     <t>1600 x 595 x 680 mm</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Gewicht binnenunit</t>
   </si>
   <si>
     <t>94 kg</t>
   </si>
   <si>
     <t>Afmetingen buiten-unit (HxBxD)</t>
   </si>
   <si>
     <t>800 × 714 × 285 mm</t>
   </si>
   <si>
     <t>Gewicht buitenunit</t>
   </si>
   <si>
     <t>40 kg</t>
   </si>
   <si>
-    <t>Koelleiding diameters</t>
-[...4 lines deleted...]
-  <si>
     <t>Aansluiting afgiftesysteem</t>
   </si>
   <si>
-    <t>Nom. diameter afgiftesysteem</t>
-[...10 lines deleted...]
-  <si>
     <t>Nom. diameter koud tapwater</t>
   </si>
   <si>
     <t>Tankvolume</t>
   </si>
   <si>
     <t>200 l</t>
   </si>
   <si>
     <t>l</t>
   </si>
   <si>
     <t>Capaciteitsprofiel</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>Expansievatvolume (1 bar)</t>
   </si>
   <si>
     <t>12 l</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Werkingsbereik verwarmen</t>
   </si>
   <si>
     <t>-25 - 24 °C</t>
   </si>
   <si>
     <t>°C</t>
   </si>
   <si>
     <t>Werkingsbereik warm tapwater</t>
   </si>
   <si>
     <t>-25 - 35 °C</t>
   </si>
   <si>
     <t>Werkingsbereik koelen</t>
   </si>
   <si>
     <t>10 - 46 °C</t>
-  </si>
-[...7 lines deleted...]
-    <t>m3/h</t>
   </si>
   <si>
     <t>Debiet afgiftesysteem</t>
   </si>
   <si>
     <t>0.43 - 1.03 m3/h</t>
   </si>
   <si>
     <t>Max. verwarmingsaanvoertemperatuur</t>
   </si>
   <si>
     <t>60 °C</t>
   </si>
   <si>
     <t>Min. koelingsaanvoertemperatuur</t>
   </si>
   <si>
     <t>5 °C</t>
   </si>
   <si>
     <t>Minimale waterzijdige inhoud</t>
   </si>
   <si>
     <t>9 l</t>
   </si>
@@ -1045,51 +1051,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E129"/>
+  <dimension ref="A1:E130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1"/>
       <c r="B1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2" t="s">
         <v>1</v>
       </c>
@@ -1292,1302 +1298,1315 @@
       <c r="B25" s="4"/>
       <c r="C25" s="4" t="s">
         <v>31</v>
       </c>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="4"/>
       <c r="C26" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D26" s="4"/>
       <c r="E26" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B27" s="4"/>
-      <c r="C27" s="4">
-        <v>4.7</v>
+      <c r="C27" s="4" t="s">
+        <v>35</v>
       </c>
       <c r="D27" s="4"/>
-      <c r="E27" s="4"/>
+      <c r="E27" s="4" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B28" s="4"/>
-      <c r="C28" s="4" t="s">
-        <v>36</v>
+      <c r="C28" s="4">
+        <v>4.7</v>
       </c>
       <c r="D28" s="4"/>
-      <c r="E28" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E28" s="4"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B29" s="4"/>
       <c r="C29" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D29" s="4"/>
-      <c r="E29" s="4"/>
+      <c r="E29" s="4" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B30" s="4"/>
       <c r="C30" s="4" t="s">
         <v>40</v>
       </c>
       <c r="D30" s="4"/>
       <c r="E30" s="4"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B31" s="4"/>
       <c r="C31" s="4" t="s">
         <v>42</v>
       </c>
       <c r="D31" s="4"/>
-      <c r="E31" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E31" s="4"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B32" s="4"/>
+      <c r="C32" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="B32" s="4"/>
-      <c r="C32" s="4">
+      <c r="D32" s="4"/>
+      <c r="E32" s="4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B33" s="4"/>
+      <c r="C33" s="4">
         <v>4.7</v>
       </c>
-      <c r="D32" s="4"/>
-[...9 lines deleted...]
-      <c r="E34" s="2"/>
+      <c r="D33" s="4"/>
+      <c r="E33" s="4"/>
     </row>
     <row r="35" spans="1:5">
-      <c r="A35" s="3" t="s">
+      <c r="A35" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B35" s="3"/>
-      <c r="C35" s="3" t="s">
+      <c r="B36" s="3"/>
+      <c r="C36" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D35" s="3"/>
-      <c r="E35" s="3" t="s">
+      <c r="D36" s="3"/>
+      <c r="E36" s="3" t="s">
         <v>11</v>
-      </c>
-[...11 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B37" s="4"/>
       <c r="C37" s="4" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D37" s="4"/>
       <c r="E37" s="4" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="4" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B38" s="4"/>
       <c r="C38" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="D38" s="4"/>
+      <c r="E38" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="D38" s="4"/>
-      <c r="E38" s="4"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B39" s="4"/>
       <c r="C39" s="4" t="s">
         <v>55</v>
       </c>
       <c r="D39" s="4"/>
-      <c r="E39" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E39" s="4"/>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="4" t="s">
         <v>56</v>
       </c>
       <c r="B40" s="4"/>
       <c r="C40" s="4" t="s">
         <v>57</v>
       </c>
       <c r="D40" s="4"/>
-      <c r="E40" s="4"/>
+      <c r="E40" s="4" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B41" s="4"/>
       <c r="C41" s="4" t="s">
         <v>59</v>
       </c>
       <c r="D41" s="4"/>
       <c r="E41" s="4"/>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B42" s="4"/>
       <c r="C42" s="4" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D42" s="4"/>
       <c r="E42" s="4"/>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B43" s="4"/>
       <c r="C43" s="4" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="D43" s="4"/>
-      <c r="E43" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E43" s="4"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="4" t="s">
         <v>63</v>
       </c>
       <c r="B44" s="4"/>
       <c r="C44" s="4" t="s">
         <v>64</v>
       </c>
       <c r="D44" s="4"/>
-      <c r="E44" s="4"/>
+      <c r="E44" s="4" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B45" s="4"/>
       <c r="C45" s="4" t="s">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="D45" s="4"/>
-      <c r="E45" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E45" s="4"/>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B46" s="4"/>
       <c r="C46" s="4" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="D46" s="4"/>
-      <c r="E46" s="4"/>
-[...2 lines deleted...]
-      <c r="A48" s="2" t="s">
+      <c r="E46" s="4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5">
+      <c r="A47" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="B48" s="2"/>
-[...2 lines deleted...]
-      <c r="E48" s="2"/>
+      <c r="B47" s="4"/>
+      <c r="C47" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D47" s="4"/>
+      <c r="E47" s="4"/>
     </row>
     <row r="49" spans="1:5">
-      <c r="A49" s="3" t="s">
+      <c r="A49" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+    </row>
+    <row r="50" spans="1:5">
+      <c r="A50" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B49" s="3"/>
-      <c r="C49" s="3" t="s">
+      <c r="B50" s="3"/>
+      <c r="C50" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D49" s="3"/>
-      <c r="E49" s="3" t="s">
+      <c r="D50" s="3"/>
+      <c r="E50" s="3" t="s">
         <v>11</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="E50" s="4"/>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="4" t="s">
         <v>71</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4" t="s">
         <v>72</v>
       </c>
       <c r="D51" s="4"/>
       <c r="E51" s="4"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B52" s="4"/>
       <c r="C52" s="4" t="s">
         <v>74</v>
       </c>
       <c r="D52" s="4"/>
-      <c r="E52" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E52" s="4"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D53" s="4"/>
       <c r="E53" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B54" s="4"/>
       <c r="C54" s="4" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D54" s="4"/>
       <c r="E54" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
         <v>81</v>
       </c>
       <c r="B55" s="4"/>
       <c r="C55" s="4" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D55" s="4"/>
       <c r="E55" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B56" s="4"/>
       <c r="C56" s="4" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D56" s="4"/>
       <c r="E56" s="4" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="4" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B57" s="4"/>
       <c r="C57" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D57" s="4"/>
       <c r="E57" s="4" t="s">
-        <v>84</v>
+        <v>86</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5">
+      <c r="A58" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="B58" s="4"/>
+      <c r="C58" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D58" s="4"/>
+      <c r="E58" s="4" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="59" spans="1:5">
-      <c r="A59" s="2" t="s">
-[...8 lines deleted...]
-      <c r="A60" s="3" t="s">
+      <c r="A59" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="B59" s="4"/>
+      <c r="C59" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D59" s="4"/>
+      <c r="E59" s="4" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5">
+      <c r="A61" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+    </row>
+    <row r="62" spans="1:5">
+      <c r="A62" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B60" s="3"/>
-      <c r="C60" s="3" t="s">
+      <c r="B62" s="3"/>
+      <c r="C62" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D60" s="3"/>
-      <c r="E60" s="3" t="s">
+      <c r="D62" s="3"/>
+      <c r="E62" s="3" t="s">
         <v>11</v>
-      </c>
-[...24 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B63" s="4"/>
       <c r="C63" s="4" t="s">
         <v>93</v>
       </c>
       <c r="D63" s="4"/>
       <c r="E63" s="4" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B64" s="4"/>
       <c r="C64" s="4" t="s">
         <v>96</v>
       </c>
       <c r="D64" s="4"/>
       <c r="E64" s="4" t="s">
         <v>94</v>
       </c>
     </row>
+    <row r="65" spans="1:5">
+      <c r="A65" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="B65" s="4"/>
+      <c r="C65" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="D65" s="4"/>
+      <c r="E65" s="4" t="s">
+        <v>99</v>
+      </c>
+    </row>
     <row r="66" spans="1:5">
-      <c r="A66" s="2" t="s">
-[...8 lines deleted...]
-      <c r="A67" s="3" t="s">
+      <c r="A66" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="B66" s="4"/>
+      <c r="C66" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="D66" s="4"/>
+      <c r="E66" s="4" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5">
+      <c r="A68" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B68" s="2"/>
+      <c r="C68" s="2"/>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+    </row>
+    <row r="69" spans="1:5">
+      <c r="A69" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B67" s="3"/>
-      <c r="C67" s="3" t="s">
+      <c r="B69" s="3"/>
+      <c r="C69" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D67" s="3"/>
-      <c r="E67" s="3" t="s">
+      <c r="D69" s="3"/>
+      <c r="E69" s="3" t="s">
         <v>11</v>
       </c>
-    </row>
-[...20 lines deleted...]
-      <c r="E69" s="4"/>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="4" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B70" s="4"/>
       <c r="C70" s="4" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D70" s="4"/>
-      <c r="E70" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E70" s="4"/>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B71" s="4"/>
       <c r="C71" s="4" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D71" s="4"/>
-      <c r="E71" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E71" s="4"/>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B72" s="4"/>
       <c r="C72" s="4" t="s">
         <v>107</v>
       </c>
       <c r="D72" s="4"/>
-      <c r="E72" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E72" s="4"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B73" s="4"/>
       <c r="C73" s="4" t="s">
         <v>109</v>
       </c>
       <c r="D73" s="4"/>
-      <c r="E73" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E73" s="4"/>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B74" s="4"/>
       <c r="C74" s="4" t="s">
         <v>111</v>
       </c>
       <c r="D74" s="4"/>
       <c r="E74" s="4"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B75" s="4"/>
       <c r="C75" s="4" t="s">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="D75" s="4"/>
-      <c r="E75" s="4"/>
+      <c r="E75" s="4" t="s">
+        <v>114</v>
+      </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="4" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B76" s="4"/>
       <c r="C76" s="4" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D76" s="4"/>
-      <c r="E76" s="4"/>
+      <c r="E76" s="4" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="4" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B77" s="4"/>
       <c r="C77" s="4" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D77" s="4"/>
-      <c r="E77" s="4"/>
+      <c r="E77" s="4" t="s">
+        <v>114</v>
+      </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="4" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B78" s="4"/>
       <c r="C78" s="4" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D78" s="4"/>
-      <c r="E78" s="4"/>
+      <c r="E78" s="4" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="4" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B79" s="4"/>
       <c r="C79" s="4" t="s">
-        <v>119</v>
+        <v>104</v>
       </c>
       <c r="D79" s="4"/>
-      <c r="E79" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E79" s="4"/>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B80" s="4"/>
       <c r="C80" s="4" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="D80" s="4"/>
       <c r="E80" s="4"/>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B81" s="4"/>
       <c r="C81" s="4" t="s">
         <v>124</v>
       </c>
       <c r="D81" s="4"/>
       <c r="E81" s="4" t="s">
-        <v>120</v>
-      </c>
+        <v>125</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5">
+      <c r="A82" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="B82" s="4"/>
+      <c r="C82" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="D82" s="4"/>
+      <c r="E82" s="4"/>
     </row>
     <row r="83" spans="1:5">
-      <c r="A83" s="2" t="s">
+      <c r="A83" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B83" s="4"/>
+      <c r="C83" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D83" s="4"/>
+      <c r="E83" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="B83" s="2"/>
-[...5 lines deleted...]
-      <c r="A84" s="3" t="s">
+    </row>
+    <row r="85" spans="1:5">
+      <c r="A85" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+    </row>
+    <row r="86" spans="1:5">
+      <c r="A86" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B84" s="3"/>
-      <c r="C84" s="3" t="s">
+      <c r="B86" s="3"/>
+      <c r="C86" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D84" s="3"/>
-      <c r="E84" s="3" t="s">
+      <c r="D86" s="3"/>
+      <c r="E86" s="3" t="s">
         <v>11</v>
-      </c>
-[...24 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B87" s="4"/>
       <c r="C87" s="4" t="s">
         <v>132</v>
       </c>
       <c r="D87" s="4"/>
       <c r="E87" s="4" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B88" s="4"/>
       <c r="C88" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D88" s="4"/>
       <c r="E88" s="4" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B89" s="4"/>
       <c r="C89" s="4" t="s">
         <v>137</v>
       </c>
       <c r="D89" s="4"/>
       <c r="E89" s="4" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B90" s="4"/>
       <c r="C90" s="4" t="s">
         <v>139</v>
       </c>
       <c r="D90" s="4"/>
       <c r="E90" s="4" t="s">
-        <v>128</v>
+        <v>86</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B91" s="4"/>
       <c r="C91" s="4" t="s">
         <v>141</v>
       </c>
       <c r="D91" s="4"/>
       <c r="E91" s="4" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B92" s="4"/>
       <c r="C92" s="4" t="s">
         <v>143</v>
       </c>
       <c r="D92" s="4"/>
       <c r="E92" s="4" t="s">
-        <v>120</v>
+        <v>133</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="4" t="s">
         <v>144</v>
       </c>
       <c r="B93" s="4"/>
       <c r="C93" s="4" t="s">
         <v>145</v>
       </c>
       <c r="D93" s="4"/>
-      <c r="E93" s="4"/>
+      <c r="E93" s="4" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B94" s="4"/>
       <c r="C94" s="4" t="s">
-        <v>53</v>
+        <v>147</v>
       </c>
       <c r="D94" s="4"/>
       <c r="E94" s="4"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B95" s="4"/>
       <c r="C95" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D95" s="4"/>
       <c r="E95" s="4"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B96" s="4"/>
       <c r="C96" s="4" t="s">
-        <v>149</v>
+        <v>55</v>
       </c>
       <c r="D96" s="4"/>
       <c r="E96" s="4"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B97" s="4"/>
       <c r="C97" s="4" t="s">
         <v>151</v>
       </c>
       <c r="D97" s="4"/>
       <c r="E97" s="4"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B98" s="4"/>
       <c r="C98" s="4" t="s">
-        <v>64</v>
+        <v>153</v>
       </c>
       <c r="D98" s="4"/>
       <c r="E98" s="4"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" s="4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B99" s="4"/>
       <c r="C99" s="4" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="D99" s="4"/>
       <c r="E99" s="4"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B100" s="4"/>
       <c r="C100" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D100" s="4"/>
       <c r="E100" s="4"/>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" s="4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B101" s="4"/>
       <c r="C101" s="4" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="D101" s="4"/>
       <c r="E101" s="4"/>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B102" s="4"/>
       <c r="C102" s="4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D102" s="4"/>
       <c r="E102" s="4"/>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B103" s="4"/>
       <c r="C103" s="4" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="D103" s="4"/>
       <c r="E103" s="4"/>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B104" s="4"/>
       <c r="C104" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D104" s="4"/>
       <c r="E104" s="4"/>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B105" s="4"/>
       <c r="C105" s="4" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="D105" s="4"/>
       <c r="E105" s="4"/>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B106" s="4"/>
       <c r="C106" s="4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D106" s="4"/>
       <c r="E106" s="4"/>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B107" s="4"/>
       <c r="C107" s="4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D107" s="4"/>
       <c r="E107" s="4"/>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" s="4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B108" s="4"/>
       <c r="C108" s="4" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="D108" s="4"/>
       <c r="E108" s="4"/>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" s="4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B109" s="4"/>
       <c r="C109" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D109" s="4"/>
       <c r="E109" s="4"/>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B110" s="4"/>
       <c r="C110" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D110" s="4"/>
       <c r="E110" s="4"/>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" s="4" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B111" s="4"/>
       <c r="C111" s="4" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="D111" s="4"/>
       <c r="E111" s="4"/>
     </row>
-    <row r="113" spans="1:5">
-[...6 lines deleted...]
-      <c r="E113" s="2"/>
+    <row r="112" spans="1:5">
+      <c r="A112" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B112" s="4"/>
+      <c r="C112" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="D112" s="4"/>
+      <c r="E112" s="4"/>
     </row>
     <row r="114" spans="1:5">
-      <c r="A114" s="3" t="s">
+      <c r="A114" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="B114" s="2"/>
+      <c r="C114" s="2"/>
+      <c r="D114" s="2"/>
+      <c r="E114" s="2"/>
+    </row>
+    <row r="115" spans="1:5">
+      <c r="A115" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B114" s="3"/>
-      <c r="C114" s="3" t="s">
+      <c r="B115" s="3"/>
+      <c r="C115" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D114" s="3"/>
-      <c r="E114" s="3" t="s">
+      <c r="D115" s="3"/>
+      <c r="E115" s="3" t="s">
         <v>11</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="E115" s="4"/>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B116" s="4"/>
       <c r="C116" s="4" t="s">
         <v>170</v>
       </c>
       <c r="D116" s="4"/>
       <c r="E116" s="4"/>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B117" s="4"/>
       <c r="C117" s="4" t="s">
         <v>172</v>
       </c>
       <c r="D117" s="4"/>
       <c r="E117" s="4"/>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B118" s="4"/>
       <c r="C118" s="4" t="s">
         <v>174</v>
       </c>
       <c r="D118" s="4"/>
       <c r="E118" s="4"/>
     </row>
-    <row r="120" spans="1:5">
-      <c r="A120" s="2" t="s">
+    <row r="119" spans="1:5">
+      <c r="A119" s="4" t="s">
         <v>175</v>
       </c>
-      <c r="B120" s="2"/>
-[...2 lines deleted...]
-      <c r="E120" s="2"/>
+      <c r="B119" s="4"/>
+      <c r="C119" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="D119" s="4"/>
+      <c r="E119" s="4"/>
     </row>
     <row r="121" spans="1:5">
-      <c r="A121" s="3" t="s">
+      <c r="A121" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B121" s="2"/>
+      <c r="C121" s="2"/>
+      <c r="D121" s="2"/>
+      <c r="E121" s="2"/>
+    </row>
+    <row r="122" spans="1:5">
+      <c r="A122" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B121" s="3"/>
-      <c r="C121" s="3" t="s">
+      <c r="B122" s="3"/>
+      <c r="C122" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D121" s="3"/>
-      <c r="E121" s="3" t="s">
+      <c r="D122" s="3"/>
+      <c r="E122" s="3" t="s">
         <v>11</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="E122" s="4"/>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B123" s="4"/>
       <c r="C123" s="4" t="s">
-        <v>178</v>
+        <v>66</v>
       </c>
       <c r="D123" s="4"/>
-      <c r="E123" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E123" s="4"/>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" s="4" t="s">
         <v>179</v>
       </c>
       <c r="B124" s="4"/>
-      <c r="C124" s="4">
-        <v>6.22</v>
+      <c r="C124" s="4" t="s">
+        <v>180</v>
       </c>
       <c r="D124" s="4"/>
-      <c r="E124" s="4"/>
+      <c r="E124" s="4" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B125" s="4"/>
-      <c r="C125" s="4" t="s">
-        <v>181</v>
+      <c r="C125" s="4">
+        <v>6.22</v>
       </c>
       <c r="D125" s="4"/>
       <c r="E125" s="4"/>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" s="4" t="s">
         <v>182</v>
       </c>
       <c r="B126" s="4"/>
       <c r="C126" s="4" t="s">
         <v>183</v>
       </c>
       <c r="D126" s="4"/>
       <c r="E126" s="4"/>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" s="4" t="s">
         <v>184</v>
       </c>
       <c r="B127" s="4"/>
       <c r="C127" s="4" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D127" s="4"/>
       <c r="E127" s="4"/>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B128" s="4"/>
       <c r="C128" s="4" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="D128" s="4"/>
       <c r="E128" s="4"/>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B129" s="4"/>
       <c r="C129" s="4" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D129" s="4"/>
       <c r="E129" s="4"/>
+    </row>
+    <row r="130" spans="1:5">
+      <c r="A130" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="B130" s="4"/>
+      <c r="C130" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="D130" s="4"/>
+      <c r="E130" s="4"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="A16:E16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="C24:D24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="C26:D26"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="C27:D27"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="C30:D30"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="A32:B32"/>
     <mergeCell ref="C32:D32"/>
-    <mergeCell ref="A34:E34"/>
-[...1 lines deleted...]
-    <mergeCell ref="C35:D35"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="C33:D33"/>
+    <mergeCell ref="A35:E35"/>
     <mergeCell ref="A36:B36"/>
     <mergeCell ref="C36:D36"/>
     <mergeCell ref="A37:B37"/>
     <mergeCell ref="C37:D37"/>
     <mergeCell ref="A38:B38"/>
     <mergeCell ref="C38:D38"/>
     <mergeCell ref="A39:B39"/>
     <mergeCell ref="C39:D39"/>
     <mergeCell ref="A40:B40"/>
     <mergeCell ref="C40:D40"/>
     <mergeCell ref="A41:B41"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="A42:B42"/>
     <mergeCell ref="C42:D42"/>
     <mergeCell ref="A43:B43"/>
     <mergeCell ref="C43:D43"/>
     <mergeCell ref="A44:B44"/>
     <mergeCell ref="C44:D44"/>
     <mergeCell ref="A45:B45"/>
     <mergeCell ref="C45:D45"/>
     <mergeCell ref="A46:B46"/>
     <mergeCell ref="C46:D46"/>
-    <mergeCell ref="A48:E48"/>
-[...1 lines deleted...]
-    <mergeCell ref="C49:D49"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="C47:D47"/>
+    <mergeCell ref="A49:E49"/>
     <mergeCell ref="A50:B50"/>
     <mergeCell ref="C50:D50"/>
     <mergeCell ref="A51:B51"/>
     <mergeCell ref="C51:D51"/>
     <mergeCell ref="A52:B52"/>
     <mergeCell ref="C52:D52"/>
     <mergeCell ref="A53:B53"/>
     <mergeCell ref="C53:D53"/>
     <mergeCell ref="A54:B54"/>
     <mergeCell ref="C54:D54"/>
     <mergeCell ref="A55:B55"/>
     <mergeCell ref="C55:D55"/>
     <mergeCell ref="A56:B56"/>
     <mergeCell ref="C56:D56"/>
     <mergeCell ref="A57:B57"/>
     <mergeCell ref="C57:D57"/>
-    <mergeCell ref="A59:E59"/>
-[...3 lines deleted...]
-    <mergeCell ref="C61:D61"/>
+    <mergeCell ref="A58:B58"/>
+    <mergeCell ref="C58:D58"/>
+    <mergeCell ref="A59:B59"/>
+    <mergeCell ref="C59:D59"/>
+    <mergeCell ref="A61:E61"/>
     <mergeCell ref="A62:B62"/>
     <mergeCell ref="C62:D62"/>
     <mergeCell ref="A63:B63"/>
     <mergeCell ref="C63:D63"/>
     <mergeCell ref="A64:B64"/>
     <mergeCell ref="C64:D64"/>
-    <mergeCell ref="A66:E66"/>
-[...3 lines deleted...]
-    <mergeCell ref="C68:D68"/>
+    <mergeCell ref="A65:B65"/>
+    <mergeCell ref="C65:D65"/>
+    <mergeCell ref="A66:B66"/>
+    <mergeCell ref="C66:D66"/>
+    <mergeCell ref="A68:E68"/>
     <mergeCell ref="A69:B69"/>
     <mergeCell ref="C69:D69"/>
     <mergeCell ref="A70:B70"/>
     <mergeCell ref="C70:D70"/>
     <mergeCell ref="A71:B71"/>
     <mergeCell ref="C71:D71"/>
     <mergeCell ref="A72:B72"/>
     <mergeCell ref="C72:D72"/>
     <mergeCell ref="A73:B73"/>
     <mergeCell ref="C73:D73"/>
     <mergeCell ref="A74:B74"/>
     <mergeCell ref="C74:D74"/>
     <mergeCell ref="A75:B75"/>
     <mergeCell ref="C75:D75"/>
     <mergeCell ref="A76:B76"/>
     <mergeCell ref="C76:D76"/>
     <mergeCell ref="A77:B77"/>
     <mergeCell ref="C77:D77"/>
     <mergeCell ref="A78:B78"/>
     <mergeCell ref="C78:D78"/>
     <mergeCell ref="A79:B79"/>
     <mergeCell ref="C79:D79"/>
     <mergeCell ref="A80:B80"/>
     <mergeCell ref="C80:D80"/>
     <mergeCell ref="A81:B81"/>
     <mergeCell ref="C81:D81"/>
-    <mergeCell ref="A83:E83"/>
-[...3 lines deleted...]
-    <mergeCell ref="C85:D85"/>
+    <mergeCell ref="A82:B82"/>
+    <mergeCell ref="C82:D82"/>
+    <mergeCell ref="A83:B83"/>
+    <mergeCell ref="C83:D83"/>
+    <mergeCell ref="A85:E85"/>
     <mergeCell ref="A86:B86"/>
     <mergeCell ref="C86:D86"/>
     <mergeCell ref="A87:B87"/>
     <mergeCell ref="C87:D87"/>
     <mergeCell ref="A88:B88"/>
     <mergeCell ref="C88:D88"/>
     <mergeCell ref="A89:B89"/>
     <mergeCell ref="C89:D89"/>
     <mergeCell ref="A90:B90"/>
     <mergeCell ref="C90:D90"/>
     <mergeCell ref="A91:B91"/>
     <mergeCell ref="C91:D91"/>
     <mergeCell ref="A92:B92"/>
     <mergeCell ref="C92:D92"/>
     <mergeCell ref="A93:B93"/>
     <mergeCell ref="C93:D93"/>
     <mergeCell ref="A94:B94"/>
     <mergeCell ref="C94:D94"/>
     <mergeCell ref="A95:B95"/>
     <mergeCell ref="C95:D95"/>
     <mergeCell ref="A96:B96"/>
     <mergeCell ref="C96:D96"/>
     <mergeCell ref="A97:B97"/>
     <mergeCell ref="C97:D97"/>
     <mergeCell ref="A98:B98"/>
@@ -2596,80 +2615,82 @@
     <mergeCell ref="C99:D99"/>
     <mergeCell ref="A100:B100"/>
     <mergeCell ref="C100:D100"/>
     <mergeCell ref="A101:B101"/>
     <mergeCell ref="C101:D101"/>
     <mergeCell ref="A102:B102"/>
     <mergeCell ref="C102:D102"/>
     <mergeCell ref="A103:B103"/>
     <mergeCell ref="C103:D103"/>
     <mergeCell ref="A104:B104"/>
     <mergeCell ref="C104:D104"/>
     <mergeCell ref="A105:B105"/>
     <mergeCell ref="C105:D105"/>
     <mergeCell ref="A106:B106"/>
     <mergeCell ref="C106:D106"/>
     <mergeCell ref="A107:B107"/>
     <mergeCell ref="C107:D107"/>
     <mergeCell ref="A108:B108"/>
     <mergeCell ref="C108:D108"/>
     <mergeCell ref="A109:B109"/>
     <mergeCell ref="C109:D109"/>
     <mergeCell ref="A110:B110"/>
     <mergeCell ref="C110:D110"/>
     <mergeCell ref="A111:B111"/>
     <mergeCell ref="C111:D111"/>
-    <mergeCell ref="A113:E113"/>
-[...1 lines deleted...]
-    <mergeCell ref="C114:D114"/>
+    <mergeCell ref="A112:B112"/>
+    <mergeCell ref="C112:D112"/>
+    <mergeCell ref="A114:E114"/>
     <mergeCell ref="A115:B115"/>
     <mergeCell ref="C115:D115"/>
     <mergeCell ref="A116:B116"/>
     <mergeCell ref="C116:D116"/>
     <mergeCell ref="A117:B117"/>
     <mergeCell ref="C117:D117"/>
     <mergeCell ref="A118:B118"/>
     <mergeCell ref="C118:D118"/>
-    <mergeCell ref="A120:E120"/>
-[...1 lines deleted...]
-    <mergeCell ref="C121:D121"/>
+    <mergeCell ref="A119:B119"/>
+    <mergeCell ref="C119:D119"/>
+    <mergeCell ref="A121:E121"/>
     <mergeCell ref="A122:B122"/>
     <mergeCell ref="C122:D122"/>
     <mergeCell ref="A123:B123"/>
     <mergeCell ref="C123:D123"/>
     <mergeCell ref="A124:B124"/>
     <mergeCell ref="C124:D124"/>
     <mergeCell ref="A125:B125"/>
     <mergeCell ref="C125:D125"/>
     <mergeCell ref="A126:B126"/>
     <mergeCell ref="C126:D126"/>
     <mergeCell ref="A127:B127"/>
     <mergeCell ref="C127:D127"/>
     <mergeCell ref="A128:B128"/>
     <mergeCell ref="C128:D128"/>
     <mergeCell ref="A129:B129"/>
     <mergeCell ref="C129:D129"/>
+    <mergeCell ref="A130:B130"/>
+    <mergeCell ref="C130:D130"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>