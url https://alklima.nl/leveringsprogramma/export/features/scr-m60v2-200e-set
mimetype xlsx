--- v2 (2025-12-13)
+++ v3 (2026-01-13)
@@ -14,620 +14,353 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>SCR-M60V2-200E SET</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Eco Inverter SWM60, Cilinder-unit 200 liter</t>
   </si>
   <si>
     <t>Subsidie</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>ISDE meldcode</t>
   </si>
   <si>
     <t>KA27666</t>
   </si>
   <si>
-    <t>ISDE Subsidie bedrag per 1-01-2025</t>
+    <t>ISDE Subsidie bedrag per 1-01-2026</t>
   </si>
   <si>
     <t>€ 2575,-</t>
   </si>
   <si>
-    <t>ISDE Subsidie bedrag tot 31-12-2024</t>
-[...4 lines deleted...]
-  <si>
     <t>Vermogen &amp; prestaties</t>
   </si>
   <si>
     <t>Verwarmingsvermogen bij 7/35°C volgens EN 14511</t>
   </si>
   <si>
-    <t>5 kW</t>
-[...1 lines deleted...]
-  <si>
     <t>kW</t>
   </si>
   <si>
     <t>COP bij 7/35°C volgens EN 14511</t>
   </si>
   <si>
     <t>Max. Verwarmingsvermogen bij -10/35°C</t>
   </si>
   <si>
-    <t>6.1 kW</t>
-[...1 lines deleted...]
-  <si>
     <t>COP bij -10/35°C</t>
   </si>
   <si>
-    <t>Verwarmingsvermogen bij -7/35°C volgens EN 14511</t>
-[...16 lines deleted...]
-  <si>
     <t>Koelvermogen bij 35/18°C volgens EN 14511</t>
   </si>
   <si>
-    <t>7.2 kW</t>
-[...1 lines deleted...]
-  <si>
     <t>Minimaal koelvermogen A20/W18</t>
   </si>
   <si>
-    <t>2.3 kW</t>
-[...1 lines deleted...]
-  <si>
     <t>EER bij 35/18°C</t>
   </si>
   <si>
-    <t>Koelvermogen bij 35/7°C volgens EN 14511</t>
-[...4 lines deleted...]
-  <si>
     <t>Energie-efficiëntieklasse ruimteverwarming (35°C) bij gemiddelde omstandigheden</t>
   </si>
   <si>
     <t>A+++ [D - A+++]</t>
   </si>
   <si>
     <t>Energie-efficiëntieklasse waterverwarming</t>
   </si>
   <si>
     <t>A+ [F - A+]</t>
   </si>
   <si>
-    <t>Energie-efficiëntie van waterverwarming (Nwh)</t>
-[...7 lines deleted...]
-  <si>
     <t>SCOP toepassing bij lage temperatuur (35 °C) bij gemiddelde omstandigheden</t>
   </si>
   <si>
     <t>Elektrische gegevens</t>
   </si>
   <si>
     <t>Aansluitspanning</t>
   </si>
   <si>
-    <t>230 V</t>
-[...1 lines deleted...]
-  <si>
     <t>V</t>
   </si>
   <si>
     <t>Afzekering (traag)</t>
   </si>
   <si>
-    <t>16 A</t>
-[...1 lines deleted...]
-  <si>
     <t>A</t>
   </si>
   <si>
-    <t>Soft starter ingebouwd</t>
+    <t>Begrenzing max. opgenomen elektrisch vermogen</t>
+  </si>
+  <si>
+    <t>Aansluiting voeding</t>
+  </si>
+  <si>
+    <t>Op buiten-unit</t>
+  </si>
+  <si>
+    <t>Bekabeling tussen buiten- en binnen-unit</t>
+  </si>
+  <si>
+    <t>4x 1,5mm^2</t>
+  </si>
+  <si>
+    <t>Met elektrisch verwarmingselement</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
-    <t>Begrenzing max. opgenomen elektrisch vermogen</t>
-[...19 lines deleted...]
-  <si>
     <t>Vermogen elektrisch verwarmingselement</t>
   </si>
   <si>
-    <t>2 kW</t>
-[...7 lines deleted...]
-  <si>
     <t>Afzekering elektrisch verwarmingselement</t>
   </si>
   <si>
     <t>Aansluiting voeding elektrisch element</t>
   </si>
   <si>
     <t>Op binnendeel</t>
   </si>
   <si>
     <t>Technische gegevens</t>
   </si>
   <si>
     <t>PED Categorie</t>
   </si>
   <si>
     <t>Artikel 4 lid 3</t>
   </si>
   <si>
     <t>Type koudemiddel (GWP)</t>
   </si>
   <si>
     <t>R32 (675)</t>
   </si>
   <si>
     <t>Koudemiddelinhoud</t>
   </si>
   <si>
-    <t>0.8 kg</t>
-[...1 lines deleted...]
-  <si>
     <t>kg</t>
   </si>
   <si>
     <t>Voorgevuld tot x meter leidinglengte</t>
   </si>
   <si>
-    <t>5 m</t>
-[...1 lines deleted...]
-  <si>
     <t>m</t>
   </si>
   <si>
     <t>Max. leidinglengte</t>
   </si>
   <si>
-    <t>30 m</t>
-[...1 lines deleted...]
-  <si>
     <t>Max. hoogteverschil</t>
   </si>
   <si>
     <t>Luchtdebiet buitendeel</t>
   </si>
   <si>
-    <t>1812 m3/h</t>
-[...1 lines deleted...]
-  <si>
     <t>m3/h</t>
   </si>
   <si>
-    <t>Max. werkdruk afgiftesysteem</t>
-[...10 lines deleted...]
-  <si>
     <t>Geluidsprestaties</t>
   </si>
   <si>
     <t>Geluidsprestatieniveau binnenunit (volgens EN 12102 bij 0/35 °C)</t>
   </si>
   <si>
-    <t>41 dB(A)</t>
-[...1 lines deleted...]
-  <si>
     <t>dB(A)</t>
   </si>
   <si>
     <t>Geluidsprestatieniveau buitenunit (volgens EN 12102 bij 0/35 °C)</t>
   </si>
   <si>
-    <t>60 dB(A)</t>
-[...1 lines deleted...]
-  <si>
     <t>Geluidsdrukniveau binnenunit volgens EN 12102 bij 0/35 °C op 1 m. afstand</t>
   </si>
   <si>
-    <t>29 dB</t>
-[...1 lines deleted...]
-  <si>
     <t>dB</t>
   </si>
   <si>
     <t>Geluidsdrukniveau buitenunit volgens EN 12102 bij 0/35 °C op 1 m. afstand</t>
   </si>
   <si>
-    <t>45 dB</t>
-[...1 lines deleted...]
-  <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
-    <t>Aansluiting koud tapwater</t>
-[...7 lines deleted...]
-  <si>
     <t>Nom. diameter afgiftesysteem</t>
   </si>
   <si>
     <t>1" (25)</t>
   </si>
   <si>
     <t>Nom. diameter warm tapwater</t>
   </si>
   <si>
     <t>3/4" (20)</t>
   </si>
   <si>
     <t>Koelleiding diameters</t>
   </si>
   <si>
     <t>1/4" - 1/2"</t>
   </si>
   <si>
     <t>Afmetingen binnen-unit (HxBxD)</t>
   </si>
   <si>
-    <t>1600 x 595 x 680 mm</t>
+    <t>1600 x 595 x 680</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Gewicht binnenunit</t>
   </si>
   <si>
-    <t>94 kg</t>
-[...1 lines deleted...]
-  <si>
     <t>Afmetingen buiten-unit (HxBxD)</t>
   </si>
   <si>
-    <t>800 × 714 × 285 mm</t>
+    <t>800 × 714 × 285</t>
   </si>
   <si>
     <t>Gewicht buitenunit</t>
   </si>
   <si>
-    <t>40 kg</t>
-[...4 lines deleted...]
-  <si>
     <t>Nom. diameter koud tapwater</t>
   </si>
   <si>
     <t>Tankvolume</t>
   </si>
   <si>
-    <t>200 l</t>
-[...1 lines deleted...]
-  <si>
     <t>l</t>
   </si>
   <si>
     <t>Capaciteitsprofiel</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>Expansievatvolume (1 bar)</t>
   </si>
   <si>
-    <t>12 l</t>
-[...1 lines deleted...]
-  <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Werkingsbereik verwarmen</t>
   </si>
   <si>
-    <t>-25 - 24 °C</t>
+    <t>-25 - 24</t>
   </si>
   <si>
     <t>°C</t>
   </si>
   <si>
     <t>Werkingsbereik warm tapwater</t>
   </si>
   <si>
-    <t>-25 - 35 °C</t>
+    <t>-25 - 35</t>
   </si>
   <si>
     <t>Werkingsbereik koelen</t>
   </si>
   <si>
-    <t>10 - 46 °C</t>
+    <t>10 - 46</t>
   </si>
   <si>
     <t>Debiet afgiftesysteem</t>
   </si>
   <si>
-    <t>0.43 - 1.03 m3/h</t>
+    <t>0.43 - 1.03</t>
   </si>
   <si>
     <t>Max. verwarmingsaanvoertemperatuur</t>
   </si>
   <si>
-    <t>60 °C</t>
-[...1 lines deleted...]
-  <si>
     <t>Min. koelingsaanvoertemperatuur</t>
   </si>
   <si>
-    <t>5 °C</t>
-[...1 lines deleted...]
-  <si>
     <t>Minimale waterzijdige inhoud</t>
   </si>
   <si>
-    <t>9 l</t>
-[...28 lines deleted...]
-  <si>
     <t>Geschikt voor warm tapwater</t>
   </si>
   <si>
     <t>Geschikt voor actieve koeling</t>
-  </si>
-[...97 lines deleted...]
-    <t>Frequentie elektrisch verwarmingselement</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1051,51 +784,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E130"/>
+  <dimension ref="A1:E81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1"/>
       <c r="B1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2" t="s">
         <v>1</v>
       </c>
@@ -1153,1544 +886,923 @@
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="4"/>
       <c r="C12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="4"/>
       <c r="C13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
     </row>
-    <row r="14" spans="1:5">
-      <c r="A14" s="4" t="s">
+    <row r="15" spans="1:5">
+      <c r="A15" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B14" s="4"/>
-      <c r="C14" s="4" t="s">
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B16" s="3"/>
+      <c r="C16" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="3"/>
+      <c r="E16" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5">
+      <c r="A17" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="D14" s="4"/>
-[...3 lines deleted...]
-      <c r="A16" s="2" t="s">
+      <c r="B17" s="4"/>
+      <c r="C17" s="4">
+        <v>5.0</v>
+      </c>
+      <c r="D17" s="4"/>
+      <c r="E17" s="4" t="s">
         <v>18</v>
-      </c>
-[...15 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="4"/>
-      <c r="C18" s="4" t="s">
-        <v>20</v>
+      <c r="C18" s="4">
+        <v>4.85</v>
       </c>
       <c r="D18" s="4"/>
-      <c r="E18" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E18" s="4"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B19" s="4"/>
       <c r="C19" s="4">
-        <v>4.85</v>
+        <v>6.1</v>
       </c>
       <c r="D19" s="4"/>
-      <c r="E19" s="4"/>
+      <c r="E19" s="4" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="4" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B20" s="4"/>
-      <c r="C20" s="4" t="s">
-        <v>24</v>
+      <c r="C20" s="4">
+        <v>2.23</v>
       </c>
       <c r="D20" s="4"/>
-      <c r="E20" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E20" s="4"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B21" s="4"/>
       <c r="C21" s="4">
-        <v>2.23</v>
+        <v>7.2</v>
       </c>
       <c r="D21" s="4"/>
-      <c r="E21" s="4"/>
+      <c r="E21" s="4" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B22" s="4"/>
-      <c r="C22" s="4" t="s">
-        <v>27</v>
+      <c r="C22" s="4">
+        <v>2.3</v>
       </c>
       <c r="D22" s="4"/>
       <c r="E22" s="4" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4">
-        <v>189</v>
+        <v>4.7</v>
       </c>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="4" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B24" s="4"/>
-      <c r="C24" s="4">
-        <v>136</v>
+      <c r="C24" s="4" t="s">
+        <v>26</v>
       </c>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B25" s="4"/>
       <c r="C25" s="4" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="4" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B26" s="4"/>
-      <c r="C26" s="4" t="s">
-        <v>33</v>
+      <c r="C26" s="4">
+        <v>4.7</v>
       </c>
       <c r="D26" s="4"/>
-      <c r="E26" s="4" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="E26" s="4"/>
     </row>
     <row r="28" spans="1:5">
-      <c r="A28" s="4" t="s">
-[...7 lines deleted...]
-      <c r="E28" s="4"/>
+      <c r="A28" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
     </row>
     <row r="29" spans="1:5">
-      <c r="A29" s="4" t="s">
-[...8 lines deleted...]
-        <v>21</v>
+      <c r="A29" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B29" s="3"/>
+      <c r="C29" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" s="3"/>
+      <c r="E29" s="3" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="B30" s="4"/>
-      <c r="C30" s="4" t="s">
-        <v>40</v>
+      <c r="C30" s="4">
+        <v>230.0</v>
       </c>
       <c r="D30" s="4"/>
-      <c r="E30" s="4"/>
+      <c r="E30" s="4" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="B31" s="4"/>
-      <c r="C31" s="4" t="s">
-        <v>42</v>
+      <c r="C31" s="4">
+        <v>16.0</v>
       </c>
       <c r="D31" s="4"/>
-      <c r="E31" s="4"/>
+      <c r="E31" s="4" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="4" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="B32" s="4"/>
-      <c r="C32" s="4" t="s">
-        <v>44</v>
+      <c r="C32" s="4">
+        <v>13.5</v>
       </c>
       <c r="D32" s="4"/>
       <c r="E32" s="4" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="B33" s="4"/>
-      <c r="C33" s="4">
-        <v>4.7</v>
+      <c r="C33" s="4" t="s">
+        <v>37</v>
       </c>
       <c r="D33" s="4"/>
       <c r="E33" s="4"/>
     </row>
+    <row r="34" spans="1:5">
+      <c r="A34" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B34" s="4"/>
+      <c r="C34" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="4"/>
+      <c r="E34" s="4"/>
+    </row>
     <row r="35" spans="1:5">
-      <c r="A35" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E35" s="2"/>
+      <c r="A35" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B35" s="4"/>
+      <c r="C35" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D35" s="4"/>
+      <c r="E35" s="4"/>
     </row>
     <row r="36" spans="1:5">
-      <c r="A36" s="3" t="s">
-[...8 lines deleted...]
-        <v>11</v>
+      <c r="A36" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B36" s="4"/>
+      <c r="C36" s="4">
+        <v>2.0</v>
+      </c>
+      <c r="D36" s="4"/>
+      <c r="E36" s="4" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="B37" s="4"/>
-      <c r="C37" s="4" t="s">
-        <v>49</v>
+      <c r="C37" s="4">
+        <v>16</v>
       </c>
       <c r="D37" s="4"/>
       <c r="E37" s="4" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="4" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B38" s="4"/>
       <c r="C38" s="4" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="D38" s="4"/>
-      <c r="E38" s="4" t="s">
-[...12 lines deleted...]
-      <c r="E39" s="4"/>
+      <c r="E38" s="4"/>
     </row>
     <row r="40" spans="1:5">
-      <c r="A40" s="4" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="A40" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
     </row>
     <row r="41" spans="1:5">
-      <c r="A41" s="4" t="s">
-[...7 lines deleted...]
-      <c r="E41" s="4"/>
+      <c r="A41" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B41" s="3"/>
+      <c r="C41" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" s="3"/>
+      <c r="E41" s="3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="4" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="B42" s="4"/>
       <c r="C42" s="4" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="D42" s="4"/>
       <c r="E42" s="4"/>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="B43" s="4"/>
       <c r="C43" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D43" s="4"/>
       <c r="E43" s="4"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="4" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="B44" s="4"/>
-      <c r="C44" s="4" t="s">
-        <v>64</v>
+      <c r="C44" s="4">
+        <v>0.8</v>
       </c>
       <c r="D44" s="4"/>
       <c r="E44" s="4" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="4" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="B45" s="4"/>
-      <c r="C45" s="4" t="s">
-        <v>66</v>
+      <c r="C45" s="4">
+        <v>5</v>
       </c>
       <c r="D45" s="4"/>
-      <c r="E45" s="4"/>
+      <c r="E45" s="4" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="4" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="B46" s="4"/>
-      <c r="C46" s="4" t="s">
-        <v>52</v>
+      <c r="C46" s="4">
+        <v>30.0</v>
       </c>
       <c r="D46" s="4"/>
       <c r="E46" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="4" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="B47" s="4"/>
-      <c r="C47" s="4" t="s">
-        <v>69</v>
+      <c r="C47" s="4">
+        <v>30</v>
       </c>
       <c r="D47" s="4"/>
-      <c r="E47" s="4"/>
-[...8 lines deleted...]
-      <c r="E49" s="2"/>
+      <c r="E47" s="4" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B48" s="4"/>
+      <c r="C48" s="4">
+        <v>1812</v>
+      </c>
+      <c r="D48" s="4"/>
+      <c r="E48" s="4" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="50" spans="1:5">
-      <c r="A50" s="3" t="s">
+      <c r="A50" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+    </row>
+    <row r="51" spans="1:5">
+      <c r="A51" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B50" s="3"/>
-      <c r="C50" s="3" t="s">
+      <c r="B51" s="3"/>
+      <c r="C51" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D50" s="3"/>
-      <c r="E50" s="3" t="s">
+      <c r="D51" s="3"/>
+      <c r="E51" s="3" t="s">
         <v>11</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="E51" s="4"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="4" t="s">
-        <v>73</v>
+        <v>60</v>
       </c>
       <c r="B52" s="4"/>
-      <c r="C52" s="4" t="s">
-        <v>74</v>
+      <c r="C52" s="4">
+        <v>41.0</v>
       </c>
       <c r="D52" s="4"/>
-      <c r="E52" s="4"/>
+      <c r="E52" s="4" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="B53" s="4"/>
-      <c r="C53" s="4" t="s">
-        <v>76</v>
+      <c r="C53" s="4">
+        <v>60.0</v>
       </c>
       <c r="D53" s="4"/>
       <c r="E53" s="4" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="4" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="B54" s="4"/>
-      <c r="C54" s="4" t="s">
-        <v>79</v>
+      <c r="C54" s="4">
+        <v>29.0</v>
       </c>
       <c r="D54" s="4"/>
       <c r="E54" s="4" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="B55" s="4"/>
-      <c r="C55" s="4" t="s">
-        <v>82</v>
+      <c r="C55" s="4">
+        <v>45.0</v>
       </c>
       <c r="D55" s="4"/>
       <c r="E55" s="4" t="s">
-        <v>80</v>
-[...12 lines deleted...]
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="57" spans="1:5">
-      <c r="A57" s="4" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="A57" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B57" s="2"/>
+      <c r="C57" s="2"/>
+      <c r="D57" s="2"/>
+      <c r="E57" s="2"/>
     </row>
     <row r="58" spans="1:5">
-      <c r="A58" s="4" t="s">
-[...8 lines deleted...]
-        <v>89</v>
+      <c r="A58" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B58" s="3"/>
+      <c r="C58" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" s="3"/>
+      <c r="E58" s="3" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="4" t="s">
-        <v>90</v>
+        <v>67</v>
       </c>
       <c r="B59" s="4"/>
       <c r="C59" s="4" t="s">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="D59" s="4"/>
-      <c r="E59" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E59" s="4"/>
+    </row>
+    <row r="60" spans="1:5">
+      <c r="A60" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B60" s="4"/>
+      <c r="C60" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="D60" s="4"/>
+      <c r="E60" s="4"/>
     </row>
     <row r="61" spans="1:5">
-      <c r="A61" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E61" s="2"/>
+      <c r="A61" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D61" s="4"/>
+      <c r="E61" s="4"/>
     </row>
     <row r="62" spans="1:5">
-      <c r="A62" s="3" t="s">
-[...8 lines deleted...]
-        <v>11</v>
+      <c r="A62" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="D62" s="4"/>
+      <c r="E62" s="4" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="4" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="B63" s="4"/>
-      <c r="C63" s="4" t="s">
-        <v>93</v>
+      <c r="C63" s="4">
+        <v>94.0</v>
       </c>
       <c r="D63" s="4"/>
       <c r="E63" s="4" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="4" t="s">
-        <v>95</v>
+        <v>77</v>
       </c>
       <c r="B64" s="4"/>
       <c r="C64" s="4" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="D64" s="4"/>
       <c r="E64" s="4" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="4" t="s">
-        <v>97</v>
+        <v>79</v>
       </c>
       <c r="B65" s="4"/>
-      <c r="C65" s="4" t="s">
-        <v>98</v>
+      <c r="C65" s="4">
+        <v>40.0</v>
       </c>
       <c r="D65" s="4"/>
       <c r="E65" s="4" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="4" t="s">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="B66" s="4"/>
       <c r="C66" s="4" t="s">
-        <v>101</v>
+        <v>70</v>
       </c>
       <c r="D66" s="4"/>
-      <c r="E66" s="4" t="s">
-        <v>99</v>
+      <c r="E66" s="4"/>
+    </row>
+    <row r="67" spans="1:5">
+      <c r="A67" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="B67" s="4"/>
+      <c r="C67" s="4">
+        <v>200.0</v>
+      </c>
+      <c r="D67" s="4"/>
+      <c r="E67" s="4" t="s">
+        <v>82</v>
       </c>
     </row>
     <row r="68" spans="1:5">
-      <c r="A68" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E68" s="2"/>
+      <c r="A68" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="B68" s="4"/>
+      <c r="C68" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D68" s="4"/>
+      <c r="E68" s="4"/>
     </row>
     <row r="69" spans="1:5">
-      <c r="A69" s="3" t="s">
+      <c r="A69" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B69" s="4"/>
+      <c r="C69" s="4">
+        <v>12</v>
+      </c>
+      <c r="D69" s="4"/>
+      <c r="E69" s="4" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5">
+      <c r="A71" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="B71" s="2"/>
+      <c r="C71" s="2"/>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2"/>
+    </row>
+    <row r="72" spans="1:5">
+      <c r="A72" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B69" s="3"/>
-      <c r="C69" s="3" t="s">
+      <c r="B72" s="3"/>
+      <c r="C72" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D69" s="3"/>
-      <c r="E69" s="3" t="s">
+      <c r="D72" s="3"/>
+      <c r="E72" s="3" t="s">
         <v>11</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="E72" s="4"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="4" t="s">
-        <v>108</v>
+        <v>87</v>
       </c>
       <c r="B73" s="4"/>
       <c r="C73" s="4" t="s">
-        <v>109</v>
+        <v>88</v>
       </c>
       <c r="D73" s="4"/>
-      <c r="E73" s="4"/>
+      <c r="E73" s="4" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="4" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="B74" s="4"/>
       <c r="C74" s="4" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="D74" s="4"/>
-      <c r="E74" s="4"/>
+      <c r="E74" s="4" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="4" t="s">
-        <v>112</v>
+        <v>92</v>
       </c>
       <c r="B75" s="4"/>
       <c r="C75" s="4" t="s">
-        <v>113</v>
+        <v>93</v>
       </c>
       <c r="D75" s="4"/>
       <c r="E75" s="4" t="s">
-        <v>114</v>
+        <v>89</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="4" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
       <c r="B76" s="4"/>
       <c r="C76" s="4" t="s">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="D76" s="4"/>
       <c r="E76" s="4" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="4" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="B77" s="4"/>
-      <c r="C77" s="4" t="s">
-        <v>118</v>
+      <c r="C77" s="4">
+        <v>60.0</v>
       </c>
       <c r="D77" s="4"/>
       <c r="E77" s="4" t="s">
-        <v>114</v>
+        <v>89</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="4" t="s">
-        <v>119</v>
+        <v>97</v>
       </c>
       <c r="B78" s="4"/>
-      <c r="C78" s="4" t="s">
-        <v>120</v>
+      <c r="C78" s="4">
+        <v>5</v>
       </c>
       <c r="D78" s="4"/>
       <c r="E78" s="4" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="4" t="s">
-        <v>121</v>
+        <v>98</v>
       </c>
       <c r="B79" s="4"/>
-      <c r="C79" s="4" t="s">
-        <v>104</v>
+      <c r="C79" s="4">
+        <v>9</v>
       </c>
       <c r="D79" s="4"/>
-      <c r="E79" s="4"/>
+      <c r="E79" s="4" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="4" t="s">
-        <v>122</v>
+        <v>99</v>
       </c>
       <c r="B80" s="4"/>
       <c r="C80" s="4" t="s">
-        <v>109</v>
+        <v>41</v>
       </c>
       <c r="D80" s="4"/>
       <c r="E80" s="4"/>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="4" t="s">
-        <v>123</v>
+        <v>100</v>
       </c>
       <c r="B81" s="4"/>
       <c r="C81" s="4" t="s">
-        <v>124</v>
+        <v>41</v>
       </c>
       <c r="D81" s="4"/>
-      <c r="E81" s="4" t="s">
-[...525 lines deleted...]
-      <c r="E130" s="4"/>
+      <c r="E81" s="4"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:D13"/>
-    <mergeCell ref="A14:B14"/>
-[...1 lines deleted...]
-    <mergeCell ref="A16:E16"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="C16:D16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="C24:D24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="C26:D26"/>
-    <mergeCell ref="A27:B27"/>
-[...2 lines deleted...]
-    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="A28:E28"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="C30:D30"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="A32:B32"/>
     <mergeCell ref="C32:D32"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="C33:D33"/>
-    <mergeCell ref="A35:E35"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="C35:D35"/>
     <mergeCell ref="A36:B36"/>
     <mergeCell ref="C36:D36"/>
     <mergeCell ref="A37:B37"/>
     <mergeCell ref="C37:D37"/>
     <mergeCell ref="A38:B38"/>
     <mergeCell ref="C38:D38"/>
-    <mergeCell ref="A39:B39"/>
-[...2 lines deleted...]
-    <mergeCell ref="C40:D40"/>
+    <mergeCell ref="A40:E40"/>
     <mergeCell ref="A41:B41"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="A42:B42"/>
     <mergeCell ref="C42:D42"/>
     <mergeCell ref="A43:B43"/>
     <mergeCell ref="C43:D43"/>
     <mergeCell ref="A44:B44"/>
     <mergeCell ref="C44:D44"/>
     <mergeCell ref="A45:B45"/>
     <mergeCell ref="C45:D45"/>
     <mergeCell ref="A46:B46"/>
     <mergeCell ref="C46:D46"/>
     <mergeCell ref="A47:B47"/>
     <mergeCell ref="C47:D47"/>
-    <mergeCell ref="A49:E49"/>
-[...1 lines deleted...]
-    <mergeCell ref="C50:D50"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="C48:D48"/>
+    <mergeCell ref="A50:E50"/>
     <mergeCell ref="A51:B51"/>
     <mergeCell ref="C51:D51"/>
     <mergeCell ref="A52:B52"/>
     <mergeCell ref="C52:D52"/>
     <mergeCell ref="A53:B53"/>
     <mergeCell ref="C53:D53"/>
     <mergeCell ref="A54:B54"/>
     <mergeCell ref="C54:D54"/>
     <mergeCell ref="A55:B55"/>
     <mergeCell ref="C55:D55"/>
-    <mergeCell ref="A56:B56"/>
-[...2 lines deleted...]
-    <mergeCell ref="C57:D57"/>
+    <mergeCell ref="A57:E57"/>
     <mergeCell ref="A58:B58"/>
     <mergeCell ref="C58:D58"/>
     <mergeCell ref="A59:B59"/>
     <mergeCell ref="C59:D59"/>
-    <mergeCell ref="A61:E61"/>
+    <mergeCell ref="A60:B60"/>
+    <mergeCell ref="C60:D60"/>
+    <mergeCell ref="A61:B61"/>
+    <mergeCell ref="C61:D61"/>
     <mergeCell ref="A62:B62"/>
     <mergeCell ref="C62:D62"/>
     <mergeCell ref="A63:B63"/>
     <mergeCell ref="C63:D63"/>
     <mergeCell ref="A64:B64"/>
     <mergeCell ref="C64:D64"/>
     <mergeCell ref="A65:B65"/>
     <mergeCell ref="C65:D65"/>
     <mergeCell ref="A66:B66"/>
     <mergeCell ref="C66:D66"/>
-    <mergeCell ref="A68:E68"/>
+    <mergeCell ref="A67:B67"/>
+    <mergeCell ref="C67:D67"/>
+    <mergeCell ref="A68:B68"/>
+    <mergeCell ref="C68:D68"/>
     <mergeCell ref="A69:B69"/>
     <mergeCell ref="C69:D69"/>
-    <mergeCell ref="A70:B70"/>
-[...2 lines deleted...]
-    <mergeCell ref="C71:D71"/>
+    <mergeCell ref="A71:E71"/>
     <mergeCell ref="A72:B72"/>
     <mergeCell ref="C72:D72"/>
     <mergeCell ref="A73:B73"/>
     <mergeCell ref="C73:D73"/>
     <mergeCell ref="A74:B74"/>
     <mergeCell ref="C74:D74"/>
     <mergeCell ref="A75:B75"/>
     <mergeCell ref="C75:D75"/>
     <mergeCell ref="A76:B76"/>
     <mergeCell ref="C76:D76"/>
     <mergeCell ref="A77:B77"/>
     <mergeCell ref="C77:D77"/>
     <mergeCell ref="A78:B78"/>
     <mergeCell ref="C78:D78"/>
     <mergeCell ref="A79:B79"/>
     <mergeCell ref="C79:D79"/>
     <mergeCell ref="A80:B80"/>
     <mergeCell ref="C80:D80"/>
     <mergeCell ref="A81:B81"/>
     <mergeCell ref="C81:D81"/>
-    <mergeCell ref="A82:B82"/>
-[...87 lines deleted...]
-    <mergeCell ref="C130:D130"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>