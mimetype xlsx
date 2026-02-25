--- v0 (2026-02-02)
+++ v1 (2026-02-25)
@@ -326,51 +326,51 @@
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1ca7b3a255cb6cff7a642382950741.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9afe8112a35b305adcd886cd335d70a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1ca7b3a255cb6cff7a642382950741.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69bc8e835428973959f6e3d85d6a24cb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="523875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Mitsubishi Electric" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>