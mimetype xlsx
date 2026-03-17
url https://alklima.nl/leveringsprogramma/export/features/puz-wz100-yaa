--- v1 (2026-02-25)
+++ v2 (2026-03-17)
@@ -1,40 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="svg" ContentType="application/octet-stream"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
@@ -326,93 +327,93 @@
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1ca7b3a255cb6cff7a642382950741.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69bc8e835428973959f6e3d85d6a24cb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1ca7b3a255cb6cff7a642382950741.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3212199b7f0a0c32ed7abb03b2b3a352.svg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="523875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Mitsubishi Electric" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1428750" cy="1428750"/>
+    <xdr:ext cx="1428750" cy="0"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="PUZ-WZ100 YAA" descr="Monoblock,power inverter (R290)"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 