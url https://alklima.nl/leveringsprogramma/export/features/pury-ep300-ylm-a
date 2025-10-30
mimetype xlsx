--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -62,57 +62,57 @@
   <si>
     <t>City Multi R2-buitenunit high COP</t>
   </si>
   <si>
     <t>Elektrische gegevens</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Voeding, fase &amp; frequentie</t>
   </si>
   <si>
     <t>400V / 3~N+a / 50 Hz</t>
   </si>
   <si>
     <t>Technische gegevens</t>
   </si>
   <si>
+    <t>PED categorie in overeenstemming met 2014/68/EU</t>
+  </si>
+  <si>
     <t>Type koudemiddel (GWP)</t>
   </si>
   <si>
     <t>R410a (2088)</t>
-  </si>
-[...1 lines deleted...]
-    <t>PED categorie in overeenstemming met 2014/68/EU</t>
   </si>
   <si>
     <t>Aantal koelcircuits (compressoren)</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Compatible met Amazon Alexa</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Compatible met Apple HomeKit</t>
   </si>
   <si>
     <t>Compatible met Google Assistant</t>
   </si>
   <si>
     <t>Met IFTTT ondersteuning</t>
   </si>
   <si>
     <t>Werkingsprincipe</t>
   </si>
@@ -699,63 +699,63 @@
         <v>14</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="4"/>
-      <c r="C16" s="4" t="s">
-        <v>16</v>
+      <c r="C16" s="4">
+        <v>2</v>
       </c>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" s="4"/>
+      <c r="C17" s="4" t="s">
         <v>17</v>
-      </c>
-[...2 lines deleted...]
-        <v>2</v>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="4"/>
       <c r="C18" s="4">
         <v>1</v>
       </c>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
     </row>
     <row r="21" spans="1:5">