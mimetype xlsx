--- v1 (2025-10-30)
+++ v2 (2025-12-24)
@@ -722,51 +722,51 @@
       </c>
       <c r="B16" s="4"/>
       <c r="C16" s="4">
         <v>2</v>
       </c>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="4"/>
       <c r="C17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="4"/>
       <c r="C18" s="4">
-        <v>1</v>
+        <v>1.0</v>
       </c>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="3" t="s">
         <v>11</v>
       </c>