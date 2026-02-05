--- v2 (2025-12-24)
+++ v3 (2026-02-05)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="svg" ContentType="application/octet-stream"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>PURY-EP300 YLM-A</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>City Multi R2-buitenunit high COP</t>
   </si>
   <si>
@@ -77,84 +77,66 @@
   <si>
     <t>Voeding, fase &amp; frequentie</t>
   </si>
   <si>
     <t>400V / 3~N+a / 50 Hz</t>
   </si>
   <si>
     <t>Technische gegevens</t>
   </si>
   <si>
     <t>PED categorie in overeenstemming met 2014/68/EU</t>
   </si>
   <si>
     <t>Type koudemiddel (GWP)</t>
   </si>
   <si>
     <t>R410a (2088)</t>
   </si>
   <si>
     <t>Aantal koelcircuits (compressoren)</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
-    <t>Compatible met Amazon Alexa</t>
+    <t>Werkingsprincipe</t>
+  </si>
+  <si>
+    <t>Koelen en verwarmen</t>
+  </si>
+  <si>
+    <t>Inverter gestuurd</t>
+  </si>
+  <si>
+    <t>Ja</t>
+  </si>
+  <si>
+    <t>VRF-uitvoering (2-pijps)</t>
   </si>
   <si>
     <t>Nee</t>
-  </si>
-[...28 lines deleted...]
-    <t>VRF-uitvoering (2-pijps)</t>
   </si>
   <si>
     <t>VRF-uitvoering (3-pijps)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -581,51 +563,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E30"/>
+  <dimension ref="A1:E25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1"/>
       <c r="B1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2" t="s">
         <v>1</v>
       </c>
@@ -766,171 +748,106 @@
       <c r="C21" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="4"/>
       <c r="C22" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B24" s="4"/>
       <c r="C24" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B25" s="4"/>
       <c r="C25" s="4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
-    </row>
-[...53 lines deleted...]
-      <c r="E30" s="4"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A14:E14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A20:E20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="C24:D24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="C25:D25"/>
-    <mergeCell ref="A26:B26"/>
-[...8 lines deleted...]
-    <mergeCell ref="C30:D30"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>