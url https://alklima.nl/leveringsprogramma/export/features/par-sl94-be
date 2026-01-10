--- v0 (2025-10-07)
+++ v1 (2026-01-10)
@@ -55,51 +55,51 @@
   <si>
     <t>PAR-SL94 BE</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>IR remote controller incl. ontvanger tbv PCA + PCFY</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
-    <t>159.3 × 58 × 19 mm</t>
+    <t>159.3 × 58 × 19</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Type toebehoren/onderdelen</t>
   </si>
   <si>
     <t>Afstandsbediening</t>
   </si>
   <si>
     <t>Toebehoren</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Onderdeel</t>
   </si>
   <si>
     <t>Nee</t>
   </si>