--- v0 (2025-10-08)
+++ v1 (2025-12-31)
@@ -55,51 +55,51 @@
   <si>
     <t>PAR-CT01 MAA-SB</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>City Multi opbouw touch bediening wit (Bluetooth)</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
-    <t>120 × 65 × 14 mm</t>
+    <t>120 × 65 × 14</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Met display</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>