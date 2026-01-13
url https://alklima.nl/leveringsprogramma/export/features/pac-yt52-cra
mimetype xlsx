--- v0 (2025-10-08)
+++ v1 (2026-01-13)
@@ -55,51 +55,51 @@
   <si>
     <t>PAC-YT52 CRA</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>City Multi opbouw bediening</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
-    <t>120 × 70 × 14.5 mm</t>
+    <t>120 × 70 × 14.5</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Met display</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Draadloos</t>
   </si>
   <si>
     <t>Max. aantal bestuurbare apparaten</t>
   </si>
 </sst>
 </file>
 
@@ -709,51 +709,51 @@
       <c r="C19" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="4"/>
       <c r="C20" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="4"/>
       <c r="C21" s="4">
-        <v>16</v>
+        <v>16.0</v>
       </c>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A14:E14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="C21:D21"/>