--- v0 (2025-10-19)
+++ v1 (2025-12-24)
@@ -55,51 +55,51 @@
   <si>
     <t>PAC-YG86 TK-J</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Mounting Kit for control panel AE-200A</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
-    <t>188 × 329.2 × 69.2 mm</t>
+    <t>188 × 329.2 × 69.2</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Type toebehoren/onderdelen</t>
   </si>
   <si>
     <t>Overig</t>
   </si>
   <si>
     <t>Toebehoren</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Onderdeel</t>
   </si>
   <si>
     <t>Nee</t>
   </si>