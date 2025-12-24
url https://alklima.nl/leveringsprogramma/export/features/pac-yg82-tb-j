--- v0 (2025-10-19)
+++ v1 (2025-12-24)
@@ -55,51 +55,51 @@
   <si>
     <t>PAC-YG82 TB-J</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Mounting attachment (for wall surface AE-200)</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
-    <t>198.4 × 282.2 × 77.2 mm</t>
+    <t>198.4 × 282.2 × 77.2</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Type toebehoren/onderdelen</t>
   </si>
   <si>
     <t>Overig</t>
   </si>
   <si>
     <t>Toebehoren</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Onderdeel</t>
   </si>
   <si>
     <t>Nee</t>
   </si>