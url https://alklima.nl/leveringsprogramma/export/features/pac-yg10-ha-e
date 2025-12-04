--- v0 (2025-10-05)
+++ v1 (2025-12-04)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>PAC-YG10 HA-E</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
-    <t>External I/O adaptor cable for G50</t>
+    <t>External I/O connector tbv centrale regeling AE en EW</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Type toebehoren/onderdelen</t>
   </si>
   <si>
     <t>Overig</t>
   </si>
   <si>
     <t>Toebehoren</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
@@ -218,51 +218,51 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1428750" cy="1428750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="PAC-YG10 HA-E" descr="External I/O adaptor cable for G50"/>
+        <xdr:cNvPr id="2" name="PAC-YG10 HA-E" descr="External I/O connector tbv centrale regeling AE en EW"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>