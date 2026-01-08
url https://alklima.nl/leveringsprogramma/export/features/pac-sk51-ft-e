--- v0 (2025-10-06)
+++ v1 (2026-01-08)
@@ -55,51 +55,51 @@
   <si>
     <t>PAC-SK51 FT-E</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Plasma Quad Filter Connect Kit tbv cassettemodellen</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
-    <t>135 × 850 × 850 mm</t>
+    <t>135 × 850 × 850</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Type toebehoren/onderdelen</t>
   </si>
   <si>
     <t>Filter</t>
   </si>
   <si>
     <t>Toebehoren</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>