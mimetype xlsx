--- v0 (2025-10-09)
+++ v1 (2025-12-20)
@@ -55,51 +55,51 @@
   <si>
     <t>PAC-MK53 BC</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Connection kit PUMY-V/YKM</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
-    <t>170 × 450 × 280 mm</t>
+    <t>170 × 450 × 280</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Type toebehoren/onderdelen</t>
   </si>
   <si>
     <t>Overig</t>
   </si>
   <si>
     <t>Toebehoren</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Onderdeel</t>
   </si>
   <si>
     <t>Nee</t>
   </si>