--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -55,51 +55,51 @@
   <si>
     <t>PAC-KE85 LAF</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Long-life filter tbv PAC-KE250 TB-F (PEA-M/P200~P250VMHS)</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
-    <t>390 × 600 × 90 mm</t>
+    <t>390 × 600 × 90</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Type toebehoren/onderdelen</t>
   </si>
   <si>
     <t>Filter</t>
   </si>
   <si>
     <t>Toebehoren</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Onderdeel</t>
   </si>
   <si>
     <t>Nee</t>
   </si>