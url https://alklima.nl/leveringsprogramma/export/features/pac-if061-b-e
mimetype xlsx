--- v0 (2025-10-03)
+++ v1 (2025-12-24)
@@ -55,51 +55,51 @@
   <si>
     <t>PAC-IF061 B-E</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Master controller tbv cascade FTC5</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
-    <t>422 × 393 × 86.7 mm</t>
+    <t>422 × 393 × 86.7</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Type toebehoren/onderdelen</t>
   </si>
   <si>
     <t>Besturingspaneel/regelaar</t>
   </si>
   <si>
     <t>Toebehoren</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Onderdeel</t>
   </si>
 </sst>
 </file>
 