--- v0 (2025-10-04)
+++ v1 (2026-01-03)
@@ -55,51 +55,51 @@
   <si>
     <t>PAC-IF032 B-E</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Watertemperatuur regelaar FTC2B</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
-    <t>278 × 336 × 69 mm</t>
+    <t>278 × 336 × 69</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Type toebehoren/onderdelen</t>
   </si>
   <si>
     <t>Besturingspaneel/regelaar</t>
   </si>
   <si>
     <t>Toebehoren</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Onderdeel</t>
   </si>
 </sst>
 </file>
 