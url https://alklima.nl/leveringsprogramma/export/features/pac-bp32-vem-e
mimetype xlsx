--- v0 (2025-10-14)
+++ v1 (2025-11-24)
@@ -191,51 +191,51 @@
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1ca7b3a255cb6cff7a642382950741.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712488cd4499c99d1fe4509458d7687f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1ca7b3a255cb6cff7a642382950741.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6899227425ab08c64f2ad3e22fbcabf0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="523875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Mitsubishi Electric" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>