--- v1 (2025-11-24)
+++ v2 (2026-01-25)
@@ -14,101 +14,95 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>PAC-BP32 VEM-E</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Decoratief achterpaneel tbv PFFY-P/WL20-32VEM</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Hoogte</t>
   </si>
   <si>
-    <t>641 mm</t>
-[...1 lines deleted...]
-  <si>
     <t>mm</t>
   </si>
   <si>
     <t>Breedte</t>
-  </si>
-[...1 lines deleted...]
-    <t>1098 mm</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Type toebehoren/onderdelen</t>
   </si>
   <si>
     <t>Paneel</t>
   </si>
   <si>
     <t>Toebehoren</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Onderdeel</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
 </sst>
 </file>
 
@@ -638,122 +632,122 @@
         <v>8</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="4"/>
-      <c r="C12" s="4" t="s">
-        <v>13</v>
+      <c r="C12" s="4">
+        <v>641.0</v>
       </c>
       <c r="D12" s="4"/>
       <c r="E12" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B13" s="4"/>
-      <c r="C13" s="4" t="s">
-        <v>16</v>
+      <c r="C13" s="4">
+        <v>1098.0</v>
       </c>
       <c r="D13" s="4"/>
       <c r="E13" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="2" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B17" s="4"/>
       <c r="C17" s="4" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="4" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B18" s="4"/>
       <c r="C18" s="4" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B19" s="4"/>
       <c r="C19" s="4" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:D19"/>
   </mergeCells>