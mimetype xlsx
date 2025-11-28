--- v0 (2025-10-19)
+++ v1 (2025-11-28)
@@ -1,41 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="svg" ContentType="application/octet-stream"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
@@ -234,93 +233,93 @@
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1ca7b3a255cb6cff7a642382950741.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3212199b7f0a0c32ed7abb03b2b3a352.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1ca7b3a255cb6cff7a642382950741.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de674765d14af4a66928175f20e55105.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="523875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Mitsubishi Electric" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1428750" cy="0"/>
+    <xdr:ext cx="1428750" cy="1428750"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="ME-AC-UNI-100" descr="Universele Modbus KNX BACnet WMP interface t.b.v. 100 units"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 