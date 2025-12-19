--- v1 (2025-11-28)
+++ v2 (2025-12-19)
@@ -64,111 +64,111 @@
   <si>
     <t>Technische gegevens</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Beschermingsgraad (IP)</t>
   </si>
   <si>
     <t>IP20</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
-    <t>100 × 115 × 130 mm</t>
+    <t>100 × 115 × 130</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Spanningstype voedingsspanning</t>
   </si>
   <si>
     <t>AC/DC</t>
   </si>
   <si>
     <t>Aantal HW-interfaces serieel RS-485</t>
   </si>
   <si>
     <t>Aantal HW-interfaces USB</t>
   </si>
   <si>
     <t>Ondersteunt protocol TCP/IP</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Ondersteunt protocol voor KNX</t>
   </si>
   <si>
     <t>Ondersteunt protocol voor Modbus</t>
   </si>
   <si>
     <t>Ondersteunt protocol voor overige bussystemen</t>
   </si>
   <si>
     <t>Geschikt voor railmontage</t>
   </si>
   <si>
     <t>Wand-/directmontage mogelijk</t>
   </si>
   <si>
     <t>Ondersteunt protocol voor EtherNet/IP</t>
   </si>
   <si>
     <t>Voedingsspanning bij AC 50Hz</t>
   </si>
   <si>
-    <t>0.00 - 24.00 V</t>
+    <t>0.00 - 24.00</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Voedingsspanning bij AC 60Hz</t>
   </si>
   <si>
     <t>Voedingsspanning bij DC</t>
   </si>
   <si>
-    <t>12.00 - 36.00 V</t>
+    <t>12.00 - 36.00</t>
   </si>
   <si>
     <t>Gecertificeerd voor UL risico locatie klasse I</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -760,62 +760,62 @@
       <c r="C19" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="4"/>
       <c r="C20" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="4"/>
       <c r="C21" s="4">
-        <v>1</v>
+        <v>1.0</v>
       </c>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="4"/>
       <c r="C22" s="4">
-        <v>1</v>
+        <v>1.0</v>
       </c>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B24" s="4"/>
       <c r="C24" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>