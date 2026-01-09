--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>ME-AC-UNI-100</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Universele Modbus KNX BACnet WMP interface t.b.v. 100 units</t>
   </si>
   <si>
@@ -92,53 +92,50 @@
     <t>mm</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Spanningstype voedingsspanning</t>
   </si>
   <si>
     <t>AC/DC</t>
   </si>
   <si>
     <t>Aantal HW-interfaces serieel RS-485</t>
   </si>
   <si>
     <t>Aantal HW-interfaces USB</t>
   </si>
   <si>
     <t>Ondersteunt protocol TCP/IP</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Ondersteunt protocol voor KNX</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ondersteunt protocol voor Modbus</t>
   </si>
   <si>
     <t>Ondersteunt protocol voor overige bussystemen</t>
   </si>
   <si>
     <t>Geschikt voor railmontage</t>
   </si>
   <si>
     <t>Wand-/directmontage mogelijk</t>
   </si>
   <si>
     <t>Ondersteunt protocol voor EtherNet/IP</t>
   </si>
   <si>
     <t>Voedingsspanning bij AC 50Hz</t>
   </si>
   <si>
     <t>0.00 - 24.00</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Voedingsspanning bij AC 60Hz</t>
   </si>
@@ -595,51 +592,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E33"/>
+  <dimension ref="A1:E32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1"/>
       <c r="B1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2" t="s">
         <v>1</v>
       </c>
@@ -848,150 +845,137 @@
       </c>
       <c r="B27" s="4"/>
       <c r="C27" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B28" s="4"/>
       <c r="C28" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D28" s="4"/>
       <c r="E28" s="4"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B29" s="4"/>
       <c r="C29" s="4" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D29" s="4"/>
-      <c r="E29" s="4"/>
+      <c r="E29" s="4" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="4" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B30" s="4"/>
       <c r="C30" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D30" s="4"/>
       <c r="E30" s="4" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B31" s="4"/>
       <c r="C31" s="4" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D31" s="4"/>
       <c r="E31" s="4" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B32" s="4"/>
       <c r="C32" s="4" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D32" s="4"/>
-      <c r="E32" s="4" t="s">
-[...12 lines deleted...]
-      <c r="E33" s="4"/>
+      <c r="E32" s="4"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A14:E14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="C24:D24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="C26:D26"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="C27:D27"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="C30:D30"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="A32:B32"/>
     <mergeCell ref="C32:D32"/>
-    <mergeCell ref="A33:B33"/>
-    <mergeCell ref="C33:D33"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>