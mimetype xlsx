--- v0 (2025-10-04)
+++ v1 (2026-01-16)
@@ -55,51 +55,51 @@
   <si>
     <t>MAC-100 FT-E</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Plasma Quad Connect filter (AY/EF/HR/PKA-M/PKFY-P-VLM)</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
-    <t>56 × 499.5 × 168 mm</t>
+    <t>56 × 499.5 × 168</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Type toebehoren/onderdelen</t>
   </si>
   <si>
     <t>Filter</t>
   </si>
   <si>
     <t>Toebehoren</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Onderdeel</t>
   </si>
   <si>
     <t>Nee</t>
   </si>