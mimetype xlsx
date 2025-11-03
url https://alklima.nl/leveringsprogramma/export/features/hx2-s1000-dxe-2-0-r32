--- v0 (2025-10-04)
+++ v1 (2025-11-03)
@@ -85,183 +85,183 @@
   <si>
     <t>Verwarmingscapaciteit</t>
   </si>
   <si>
     <t>8.3 kW</t>
   </si>
   <si>
     <t>Elektrische gegevens</t>
   </si>
   <si>
     <t>Voeding, fase &amp; frequentie</t>
   </si>
   <si>
     <t>230V / 1~N+a / 50 Hz</t>
   </si>
   <si>
     <t>Technische gegevens</t>
   </si>
   <si>
     <t>Type koudemiddel (GWP)</t>
   </si>
   <si>
     <t>R32 (675)</t>
   </si>
   <si>
+    <t>Aantal ventilatiesnelheden</t>
+  </si>
+  <si>
     <t>Luchtdebiet koelen</t>
   </si>
   <si>
     <t>900.00 - 1310.00 m³/h</t>
   </si>
   <si>
     <t>m³/h</t>
   </si>
   <si>
     <t>Luchtdebiet verwarmen</t>
   </si>
   <si>
-    <t>Aantal ventilatiesnelheden</t>
-[...1 lines deleted...]
-  <si>
     <t>Geluidsprestaties</t>
   </si>
   <si>
     <t>Geluidsdrukniveau koelen</t>
   </si>
   <si>
     <t>45.00 - 53.00 dB(A)</t>
   </si>
   <si>
     <t>dB(A)</t>
   </si>
   <si>
     <t>Geluidsdrukniveau verwarmen</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Uitwendige buisdiameter (vloeistof/zuig)</t>
   </si>
   <si>
     <t>12.7 - 15.88 mm</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
+    <t>Koelleiding diameters</t>
+  </si>
+  <si>
+    <t>1/2" - 5/8"</t>
+  </si>
+  <si>
     <t>Uitwendige buisdiameter condensafvoer</t>
   </si>
   <si>
     <t>15 mm</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
     <t>306 × 1243 × 734 mm</t>
   </si>
   <si>
     <t>Gewicht</t>
   </si>
   <si>
     <t>85 kg</t>
   </si>
   <si>
     <t>kg</t>
   </si>
   <si>
-    <t>Koelleiding diameters</t>
-[...4 lines deleted...]
-  <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>Single-split</t>
   </si>
   <si>
+    <t>Compatible met Amazon Alexa</t>
+  </si>
+  <si>
+    <t>Nee</t>
+  </si>
+  <si>
+    <t>Compatible met Apple HomeKit</t>
+  </si>
+  <si>
+    <t>Compatible met Google Assistant</t>
+  </si>
+  <si>
+    <t>Met IFTTT ondersteuning</t>
+  </si>
+  <si>
+    <t>Werkingsprincipe</t>
+  </si>
+  <si>
+    <t>Koelen en verwarmen</t>
+  </si>
+  <si>
+    <t>VRF-uitvoering</t>
+  </si>
+  <si>
+    <t>Model (binnenunit)</t>
+  </si>
+  <si>
+    <t>Plafondonderbouw</t>
+  </si>
+  <si>
+    <t>Kleur</t>
+  </si>
+  <si>
+    <t>Wit</t>
+  </si>
+  <si>
+    <t>Inverter gestuurd</t>
+  </si>
+  <si>
     <t>Met draadloze afstandsbediening</t>
   </si>
   <si>
-    <t>Nee</t>
-[...35 lines deleted...]
-    <t>VRF-uitvoering</t>
+    <t>Met afstandsbediening</t>
+  </si>
+  <si>
+    <t>Met klokprogramma/timer</t>
   </si>
   <si>
     <t>Met luchtzuiveringsfilter</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Met geurfilter</t>
-  </si>
-[...4 lines deleted...]
-    <t>Met klokprogramma/timer</t>
   </si>
   <si>
     <t>Inclusief condensafvoerpomp</t>
   </si>
   <si>
     <t>Binnenunit met buitenluchtaansluiting</t>
   </si>
   <si>
     <t>Type expansie</t>
   </si>
   <si>
     <t>Buiten</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Ontvochtigingscapaciteit</t>
   </si>
   <si>
     <t>4.9 l/h</t>
   </si>
   <si>
     <t>l/h</t>
   </si>
@@ -886,81 +886,81 @@
       <c r="B20" s="3"/>
       <c r="C20" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="4"/>
       <c r="C21" s="4" t="s">
         <v>22</v>
       </c>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="4"/>
-      <c r="C22" s="4" t="s">
-        <v>24</v>
+      <c r="C22" s="4">
+        <v>3</v>
       </c>
       <c r="D22" s="4"/>
-      <c r="E22" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D23" s="4"/>
       <c r="E23" s="4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="4"/>
-      <c r="C24" s="4">
-        <v>3</v>
+      <c r="C24" s="4" t="s">
+        <v>25</v>
       </c>
       <c r="D24" s="4"/>
-      <c r="E24" s="4"/>
+      <c r="E24" s="4" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="4" t="s">
@@ -1010,90 +1010,90 @@
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B33" s="4"/>
       <c r="C33" s="4" t="s">
         <v>35</v>
       </c>
       <c r="D33" s="4"/>
       <c r="E33" s="4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B34" s="4"/>
       <c r="C34" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D34" s="4"/>
-      <c r="E34" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E34" s="4"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B35" s="4"/>
       <c r="C35" s="4" t="s">
         <v>40</v>
       </c>
       <c r="D35" s="4"/>
       <c r="E35" s="4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B36" s="4"/>
       <c r="C36" s="4" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="4"/>
       <c r="E36" s="4" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="4" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B37" s="4"/>
       <c r="C37" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D37" s="4"/>
+      <c r="E37" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="D37" s="4"/>
-      <c r="E37" s="4"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="3"/>
       <c r="C40" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
@@ -1134,62 +1134,62 @@
       </c>
       <c r="B44" s="4"/>
       <c r="C44" s="4" t="s">
         <v>50</v>
       </c>
       <c r="D44" s="4"/>
       <c r="E44" s="4"/>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B45" s="4"/>
       <c r="C45" s="4" t="s">
         <v>50</v>
       </c>
       <c r="D45" s="4"/>
       <c r="E45" s="4"/>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B46" s="4"/>
       <c r="C46" s="4" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D46" s="4"/>
       <c r="E46" s="4"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B47" s="4"/>
       <c r="C47" s="4" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="D47" s="4"/>
       <c r="E47" s="4"/>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B48" s="4"/>
       <c r="C48" s="4" t="s">
         <v>58</v>
       </c>
       <c r="D48" s="4"/>
       <c r="E48" s="4"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="4" t="s">
         <v>59</v>
       </c>
       <c r="B49" s="4"/>
       <c r="C49" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D49" s="4"/>
       <c r="E49" s="4"/>
@@ -1200,73 +1200,73 @@
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4" t="s">
         <v>50</v>
       </c>
       <c r="D50" s="4"/>
       <c r="E50" s="4"/>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4" t="s">
         <v>50</v>
       </c>
       <c r="D51" s="4"/>
       <c r="E51" s="4"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="4" t="s">
         <v>63</v>
       </c>
       <c r="B52" s="4"/>
       <c r="C52" s="4" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="D52" s="4"/>
       <c r="E52" s="4"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4" t="s">
         <v>50</v>
       </c>
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="4" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B54" s="4"/>
       <c r="C54" s="4" t="s">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="D54" s="4"/>
       <c r="E54" s="4"/>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B55" s="4"/>
       <c r="C55" s="4" t="s">
         <v>50</v>
       </c>
       <c r="D55" s="4"/>
       <c r="E55" s="4"/>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B56" s="4"/>
       <c r="C56" s="4" t="s">
         <v>50</v>
       </c>
       <c r="D56" s="4"/>
       <c r="E56" s="4"/>