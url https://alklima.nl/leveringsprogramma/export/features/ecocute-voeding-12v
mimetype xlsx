--- v0 (2025-10-19)
+++ v1 (2026-01-09)
@@ -14,179 +14,161 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>ECOCUTE-VOEDING-12V</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>12V Voeding QAHV tbv aansturing secundaire pomp dmv 0-10V</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
-    <t>90 × 22.5 × 100 mm</t>
+    <t>90 × 22.5 × 100</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Inbouwhoogte</t>
   </si>
   <si>
-    <t>90 mm</t>
-[...1 lines deleted...]
-  <si>
     <t>Inbouwbreedte</t>
   </si>
   <si>
-    <t>22.5 mm</t>
-[...1 lines deleted...]
-  <si>
     <t>Modulaire uitvoering (voor railmontage)</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Spanningstype voedingsspanning</t>
   </si>
   <si>
     <t>DC</t>
   </si>
   <si>
     <t>Vermogensafgifte</t>
   </si>
   <si>
-    <t>20 W</t>
-[...1 lines deleted...]
-  <si>
     <t>W</t>
   </si>
   <si>
     <t>Uitgangsspanning geregeld</t>
   </si>
   <si>
     <t>Uitvoering elektrische aansluiting</t>
   </si>
   <si>
     <t>Schroefaansluiting</t>
   </si>
   <si>
     <t>1e Secundaire spanning</t>
   </si>
   <si>
-    <t>85.00 - 264.00 V</t>
+    <t>85.00 - 264.00</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Nom. voedingsspanning bij AC 50 Hz</t>
   </si>
   <si>
-    <t>100.00 - 240.00 V</t>
+    <t>100.00 - 240.00</t>
   </si>
   <si>
     <t>Kortsluitvast</t>
   </si>
   <si>
     <t>Max. uitgangsstroom 1</t>
   </si>
   <si>
-    <t>1 A</t>
-[...1 lines deleted...]
-  <si>
     <t>A</t>
   </si>
   <si>
     <t>Nom. uitgangsspanning 1</t>
   </si>
   <si>
-    <t>12 V</t>
-[...1 lines deleted...]
-  <si>
     <t>Nom. uitgangsstroom 1</t>
-  </si>
-[...1 lines deleted...]
-    <t>1.67 A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,202 +712,202 @@
         <v>15</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="4"/>
-      <c r="C16" s="4" t="s">
-        <v>17</v>
+      <c r="C16" s="4">
+        <v>90.0</v>
       </c>
       <c r="D16" s="4"/>
       <c r="E16" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B17" s="4"/>
-      <c r="C17" s="4" t="s">
-        <v>19</v>
+      <c r="C17" s="4">
+        <v>22.5</v>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="4" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B18" s="4"/>
       <c r="C18" s="4" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B19" s="4"/>
       <c r="C19" s="4" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="4" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B20" s="4"/>
-      <c r="C20" s="4" t="s">
-        <v>25</v>
+      <c r="C20" s="4">
+        <v>20.0</v>
       </c>
       <c r="D20" s="4"/>
       <c r="E20" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B21" s="4"/>
       <c r="C21" s="4" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="4" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B22" s="4"/>
       <c r="C22" s="4" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D23" s="4"/>
       <c r="E23" s="4" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="4" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B24" s="4"/>
       <c r="C24" s="4" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D24" s="4"/>
       <c r="E24" s="4" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B25" s="4"/>
       <c r="C25" s="4" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="4" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B26" s="4"/>
-      <c r="C26" s="4" t="s">
-        <v>37</v>
+      <c r="C26" s="4">
+        <v>1.0</v>
       </c>
       <c r="D26" s="4"/>
       <c r="E26" s="4" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B27" s="4"/>
-      <c r="C27" s="4" t="s">
-        <v>40</v>
+      <c r="C27" s="4">
+        <v>12.0</v>
       </c>
       <c r="D27" s="4"/>
       <c r="E27" s="4" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="4" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B28" s="4"/>
-      <c r="C28" s="4" t="s">
-        <v>42</v>
+      <c r="C28" s="4">
+        <v>1.67</v>
       </c>
       <c r="D28" s="4"/>
       <c r="E28" s="4" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A14:E14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="A21:B21"/>