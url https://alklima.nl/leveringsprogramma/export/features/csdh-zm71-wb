--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -14,254 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>CSDH-ZM71-WB</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Duo-split 4z cassette 60x60 power inv. 7,1 kW (YHA)</t>
   </si>
   <si>
     <t>Elektrische gegevens</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Maximale stroomsterkte (MCA)</t>
   </si>
   <si>
-    <t>19.4 A</t>
-[...1 lines deleted...]
-  <si>
     <t>A</t>
   </si>
   <si>
     <t>Afzekering apparaat</t>
   </si>
   <si>
-    <t>25 A</t>
-[...1 lines deleted...]
-  <si>
     <t>Aansluiting voeding</t>
   </si>
   <si>
     <t>Op buiten-unit</t>
   </si>
   <si>
     <t>Bekabeling tussen buiten- en binnen-unit</t>
   </si>
   <si>
     <t>4x 1,5mm²</t>
   </si>
   <si>
     <t>Voeding, fase &amp; frequentie buitendeel</t>
   </si>
   <si>
     <t>230V /  1~N+a / 50 Hz</t>
   </si>
   <si>
     <t>Technische gegevens</t>
   </si>
   <si>
     <t>Type koudemiddel (GWP)</t>
   </si>
   <si>
     <t>R32 (675)</t>
   </si>
   <si>
     <t>Max. hoogteverschil</t>
   </si>
   <si>
-    <t>30 m</t>
-[...1 lines deleted...]
-  <si>
     <t>m</t>
   </si>
   <si>
     <t>Luchtdebiet buitendeel</t>
   </si>
   <si>
-    <t>3300 m3/h</t>
-[...1 lines deleted...]
-  <si>
     <t>m3/h</t>
   </si>
   <si>
     <t>Bedrijfstemperatuur koelen (Dry Bulb)</t>
   </si>
   <si>
-    <t>-15.00 - 46.00 °C</t>
+    <t>-15.00 - 46.00</t>
   </si>
   <si>
     <t>°C</t>
   </si>
   <si>
     <t>Bedrijfstemperatuur verwarmen (Wet Bulb)</t>
   </si>
   <si>
-    <t>-20.00 - 21.00 °C</t>
+    <t>-20.00 - 21.00</t>
   </si>
   <si>
     <t>Max. leidinglengte totaal</t>
   </si>
   <si>
-    <t>55 m</t>
-[...1 lines deleted...]
-  <si>
     <t>Aantal binnenunits totaal</t>
   </si>
   <si>
     <t>Geluidsprestaties</t>
   </si>
   <si>
     <t>Geluidsdrukniveau binnenunit koelen</t>
   </si>
   <si>
-    <t>25.00 - 34.00 dB(A)</t>
+    <t>25.00 - 34.00</t>
   </si>
   <si>
     <t>dB(A)</t>
   </si>
   <si>
     <t>Geluidsdrukniveau binnenunit verwarmen</t>
   </si>
   <si>
     <t>Geluidsvermogenniveau binnenunit</t>
   </si>
   <si>
-    <t>51 dB(A)</t>
-[...1 lines deleted...]
-  <si>
     <t>Geluidsdrukniveau buitenunit koelen</t>
   </si>
   <si>
-    <t>44.00 - 47.00 dB(A)</t>
+    <t>44.00 - 47.00</t>
   </si>
   <si>
     <t>Geluidsdrukniveau buitenunit verwarmen</t>
   </si>
   <si>
-    <t>49 dB(A)</t>
-[...1 lines deleted...]
-  <si>
     <t>Geluidsvermogenniveau buitenunit</t>
   </si>
   <si>
-    <t>67 dB(A)</t>
-[...1 lines deleted...]
-  <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Uitwendige buisdiameter vloeistofleiding</t>
   </si>
   <si>
-    <t>9.52 mm</t>
-[...1 lines deleted...]
-  <si>
     <t>mm</t>
   </si>
   <si>
     <t>Nom. diameter vloeistofleiding</t>
   </si>
   <si>
     <t>3/8"</t>
   </si>
   <si>
     <t>Afmetingen binnen-unit (HxBxD)</t>
   </si>
   <si>
-    <t>245 x 570 x 570 mm</t>
+    <t>245 x 570 x 570</t>
   </si>
   <si>
     <t>Gewicht binnenunit</t>
   </si>
   <si>
-    <t>15 kg</t>
-[...1 lines deleted...]
-  <si>
     <t>kg</t>
   </si>
   <si>
     <t>Afmetingen buiten-unit (HxBxD)</t>
   </si>
   <si>
-    <t>943 × 950 × 330 mm</t>
+    <t>943 × 950 × 330</t>
   </si>
   <si>
     <t>Gewicht buitenunit</t>
-  </si>
-[...1 lines deleted...]
-    <t>67 kg</t>
   </si>
   <si>
     <t>Leidingset meegeleverd</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Compatible met Amazon Alexa</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Compatible met Apple HomeKit</t>
   </si>
   <si>
     <t>Compatible met Google Assistant</t>
   </si>
   <si>
     <t>Met IFTTT ondersteuning</t>
   </si>
@@ -836,594 +803,594 @@
         <v>8</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="4"/>
-      <c r="C12" s="4" t="s">
-        <v>13</v>
+      <c r="C12" s="4">
+        <v>19.4</v>
       </c>
       <c r="D12" s="4"/>
       <c r="E12" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B13" s="4"/>
-      <c r="C13" s="4" t="s">
-        <v>16</v>
+      <c r="C13" s="4">
+        <v>25.0</v>
       </c>
       <c r="D13" s="4"/>
       <c r="E13" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="4" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B14" s="4"/>
       <c r="C14" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="4" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B15" s="4"/>
       <c r="C15" s="4" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="4" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B16" s="4"/>
       <c r="C16" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="2" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="4" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B20" s="4"/>
       <c r="C20" s="4" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B21" s="4"/>
-      <c r="C21" s="4" t="s">
-        <v>27</v>
+      <c r="C21" s="4">
+        <v>30.0</v>
       </c>
       <c r="D21" s="4"/>
       <c r="E21" s="4" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="4" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B22" s="4"/>
-      <c r="C22" s="4" t="s">
-        <v>30</v>
+      <c r="C22" s="4">
+        <v>3300</v>
       </c>
       <c r="D22" s="4"/>
       <c r="E22" s="4" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D23" s="4"/>
       <c r="E23" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="4" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B24" s="4"/>
       <c r="C24" s="4" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D24" s="4"/>
       <c r="E24" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="B25" s="4"/>
-      <c r="C25" s="4" t="s">
-        <v>38</v>
+      <c r="C25" s="4">
+        <v>55.0</v>
       </c>
       <c r="D25" s="4"/>
       <c r="E25" s="4" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="4" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B26" s="4"/>
       <c r="C26" s="4">
-        <v>2</v>
+        <v>2.0</v>
       </c>
       <c r="D26" s="4"/>
       <c r="E26" s="4"/>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="2" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B29" s="3"/>
       <c r="C29" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="4" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B30" s="4"/>
       <c r="C30" s="4" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D30" s="4"/>
       <c r="E30" s="4" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B31" s="4"/>
       <c r="C31" s="4" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D31" s="4"/>
       <c r="E31" s="4" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="4" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B32" s="4"/>
-      <c r="C32" s="4" t="s">
-        <v>46</v>
+      <c r="C32" s="4">
+        <v>51.0</v>
       </c>
       <c r="D32" s="4"/>
       <c r="E32" s="4" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B33" s="4"/>
       <c r="C33" s="4" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="D33" s="4"/>
       <c r="E33" s="4" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="4" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="B34" s="4"/>
-      <c r="C34" s="4" t="s">
-        <v>50</v>
+      <c r="C34" s="4">
+        <v>49.0</v>
       </c>
       <c r="D34" s="4"/>
       <c r="E34" s="4" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B35" s="4"/>
-      <c r="C35" s="4" t="s">
-        <v>52</v>
+      <c r="C35" s="4">
+        <v>67.0</v>
       </c>
       <c r="D35" s="4"/>
       <c r="E35" s="4" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="2" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="4" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="B39" s="4"/>
-      <c r="C39" s="4" t="s">
-        <v>55</v>
+      <c r="C39" s="4">
+        <v>9.52</v>
       </c>
       <c r="D39" s="4"/>
       <c r="E39" s="4" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="4" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="B40" s="4"/>
       <c r="C40" s="4" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="D40" s="4"/>
       <c r="E40" s="4"/>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="B41" s="4"/>
       <c r="C41" s="4" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="D41" s="4"/>
       <c r="E41" s="4" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="4" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="B42" s="4"/>
-      <c r="C42" s="4" t="s">
-        <v>62</v>
+      <c r="C42" s="4">
+        <v>15.0</v>
       </c>
       <c r="D42" s="4"/>
       <c r="E42" s="4" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B43" s="4"/>
       <c r="C43" s="4" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="D43" s="4"/>
       <c r="E43" s="4" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="4" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="B44" s="4"/>
-      <c r="C44" s="4" t="s">
-        <v>67</v>
+      <c r="C44" s="4">
+        <v>67.0</v>
       </c>
       <c r="D44" s="4"/>
       <c r="E44" s="4" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="4" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="B45" s="4"/>
       <c r="C45" s="4" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="D45" s="4"/>
       <c r="E45" s="4"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="2" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
       <c r="E47" s="2"/>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="3"/>
       <c r="C48" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="4" t="s">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="B49" s="4"/>
       <c r="C49" s="4" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="D49" s="4"/>
       <c r="E49" s="4"/>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="4" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="D50" s="4"/>
       <c r="E50" s="4"/>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="4" t="s">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="D51" s="4"/>
       <c r="E51" s="4"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="4" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="B52" s="4"/>
       <c r="C52" s="4" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="D52" s="4"/>
       <c r="E52" s="4"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="4" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="B54" s="4"/>
       <c r="C54" s="4" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="D54" s="4"/>
       <c r="E54" s="4"/>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="B55" s="4"/>
       <c r="C55" s="4" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="D55" s="4"/>
       <c r="E55" s="4"/>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="4" t="s">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="B56" s="4"/>
       <c r="C56" s="4" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="D56" s="4"/>
       <c r="E56" s="4"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="4" t="s">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="B57" s="4"/>
       <c r="C57" s="4" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="D57" s="4"/>
       <c r="E57" s="4"/>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="4" t="s">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="B58" s="4"/>
       <c r="C58" s="4" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="D58" s="4"/>
       <c r="E58" s="4"/>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="4" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="B59" s="4"/>
       <c r="C59" s="4" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="D59" s="4"/>
       <c r="E59" s="4"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="4" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="B60" s="4"/>
       <c r="C60" s="4" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="D60" s="4"/>
       <c r="E60" s="4"/>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="4" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="4" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="D61" s="4"/>
       <c r="E61" s="4"/>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="4" t="s">
-        <v>88</v>
+        <v>77</v>
       </c>
       <c r="B62" s="4"/>
       <c r="C62" s="4" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="D62" s="4"/>
       <c r="E62" s="4"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="A20:B20"/>