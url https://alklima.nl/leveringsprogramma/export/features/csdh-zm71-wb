--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>CSDH-ZM71-WB</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Duo-split 4z cassette 60x60 power inv. 7,1 kW (YHA)</t>
   </si>
   <si>
@@ -154,147 +154,123 @@
   <si>
     <t>dB(A)</t>
   </si>
   <si>
     <t>Geluidsdrukniveau binnenunit verwarmen</t>
   </si>
   <si>
     <t>Geluidsvermogenniveau binnenunit</t>
   </si>
   <si>
     <t>Geluidsdrukniveau buitenunit koelen</t>
   </si>
   <si>
     <t>44.00 - 47.00</t>
   </si>
   <si>
     <t>Geluidsdrukniveau buitenunit verwarmen</t>
   </si>
   <si>
     <t>Geluidsvermogenniveau buitenunit</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
-    <t>Uitwendige buisdiameter vloeistofleiding</t>
+    <t>Nom. diameter vloeistofleiding</t>
+  </si>
+  <si>
+    <t>3/8"</t>
+  </si>
+  <si>
+    <t>Afmetingen binnen-unit (HxBxD)</t>
+  </si>
+  <si>
+    <t>245 x 570 x 570</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
-    <t>Nom. diameter vloeistofleiding</t>
-[...10 lines deleted...]
-  <si>
     <t>Gewicht binnenunit</t>
   </si>
   <si>
     <t>kg</t>
   </si>
   <si>
     <t>Afmetingen buiten-unit (HxBxD)</t>
   </si>
   <si>
     <t>943 × 950 × 330</t>
   </si>
   <si>
     <t>Gewicht buitenunit</t>
   </si>
   <si>
-    <t>Leidingset meegeleverd</t>
+    <t>Uitvoering &amp; werking</t>
+  </si>
+  <si>
+    <t>Werkingsprincipe</t>
+  </si>
+  <si>
+    <t>Koelen en verwarmen</t>
+  </si>
+  <si>
+    <t>Model (binnenunit)</t>
+  </si>
+  <si>
+    <t>Cassette (4-zijdig)</t>
+  </si>
+  <si>
+    <t>Kleur binnenunit</t>
+  </si>
+  <si>
+    <t>Wit</t>
+  </si>
+  <si>
+    <t>Inverter gestuurd</t>
+  </si>
+  <si>
+    <t>Ja</t>
+  </si>
+  <si>
+    <t>Met draadloze afstandsbediening</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
-    <t>Uitvoering &amp; werking</t>
-[...40 lines deleted...]
-  <si>
     <t>Met afstandsbediening</t>
   </si>
   <si>
     <t>Met klokprogramma/timer</t>
   </si>
   <si>
     <t>Met luchtzuiveringsfilter</t>
   </si>
   <si>
     <t>Met geurfilter</t>
-  </si>
-[...4 lines deleted...]
-    <t>Buiten</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -718,51 +694,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E62"/>
+  <dimension ref="A1:E55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1"/>
       <c r="B1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2" t="s">
         <v>1</v>
       </c>
@@ -1093,307 +1069,228 @@
         <v>45</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B39" s="4"/>
-      <c r="C39" s="4">
-        <v>9.52</v>
+      <c r="C39" s="4" t="s">
+        <v>47</v>
       </c>
       <c r="D39" s="4"/>
-      <c r="E39" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E39" s="4"/>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B40" s="4"/>
       <c r="C40" s="4" t="s">
         <v>49</v>
       </c>
       <c r="D40" s="4"/>
-      <c r="E40" s="4"/>
+      <c r="E40" s="4" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B41" s="4"/>
-      <c r="C41" s="4" t="s">
-        <v>51</v>
+      <c r="C41" s="4">
+        <v>15.0</v>
       </c>
       <c r="D41" s="4"/>
       <c r="E41" s="4" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B42" s="4"/>
-      <c r="C42" s="4">
-        <v>15.0</v>
+      <c r="C42" s="4" t="s">
+        <v>54</v>
       </c>
       <c r="D42" s="4"/>
       <c r="E42" s="4" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B43" s="4"/>
-      <c r="C43" s="4" t="s">
-        <v>55</v>
+      <c r="C43" s="4">
+        <v>67.0</v>
       </c>
       <c r="D43" s="4"/>
       <c r="E43" s="4" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      <c r="A44" s="4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5">
+      <c r="A45" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="B44" s="4"/>
-[...9 lines deleted...]
-      <c r="A45" s="4" t="s">
+      <c r="B45" s="2"/>
+      <c r="C45" s="2"/>
+      <c r="D45" s="2"/>
+      <c r="E45" s="2"/>
+    </row>
+    <row r="46" spans="1:5">
+      <c r="A46" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B46" s="3"/>
+      <c r="C46" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D46" s="3"/>
+      <c r="E46" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5">
+      <c r="A47" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="B45" s="4"/>
-      <c r="C45" s="4" t="s">
+      <c r="B47" s="4"/>
+      <c r="C47" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="D45" s="4"/>
-[...3 lines deleted...]
-      <c r="A47" s="2" t="s">
+      <c r="D47" s="4"/>
+      <c r="E47" s="4"/>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="B47" s="2"/>
-[...15 lines deleted...]
-      </c>
+      <c r="B48" s="4"/>
+      <c r="C48" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D48" s="4"/>
+      <c r="E48" s="4"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B49" s="4"/>
       <c r="C49" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D49" s="4"/>
       <c r="E49" s="4"/>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D50" s="4"/>
       <c r="E50" s="4"/>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="4" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D51" s="4"/>
       <c r="E51" s="4"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="4" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B52" s="4"/>
       <c r="C52" s="4" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D52" s="4"/>
       <c r="E52" s="4"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B54" s="4"/>
       <c r="C54" s="4" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D54" s="4"/>
       <c r="E54" s="4"/>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B55" s="4"/>
       <c r="C55" s="4" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D55" s="4"/>
       <c r="E55" s="4"/>
-    </row>
-[...75 lines deleted...]
-      <c r="E62" s="4"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="C21:D21"/>
@@ -1413,85 +1310,71 @@
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="C30:D30"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="A32:B32"/>
     <mergeCell ref="C32:D32"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="C33:D33"/>
     <mergeCell ref="A34:B34"/>
     <mergeCell ref="C34:D34"/>
     <mergeCell ref="A35:B35"/>
     <mergeCell ref="C35:D35"/>
     <mergeCell ref="A37:E37"/>
     <mergeCell ref="A38:B38"/>
     <mergeCell ref="C38:D38"/>
     <mergeCell ref="A39:B39"/>
     <mergeCell ref="C39:D39"/>
     <mergeCell ref="A40:B40"/>
     <mergeCell ref="C40:D40"/>
     <mergeCell ref="A41:B41"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="A42:B42"/>
     <mergeCell ref="C42:D42"/>
     <mergeCell ref="A43:B43"/>
     <mergeCell ref="C43:D43"/>
-    <mergeCell ref="A44:B44"/>
-[...3 lines deleted...]
-    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A45:E45"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="C46:D46"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="C47:D47"/>
     <mergeCell ref="A48:B48"/>
     <mergeCell ref="C48:D48"/>
     <mergeCell ref="A49:B49"/>
     <mergeCell ref="C49:D49"/>
     <mergeCell ref="A50:B50"/>
     <mergeCell ref="C50:D50"/>
     <mergeCell ref="A51:B51"/>
     <mergeCell ref="C51:D51"/>
     <mergeCell ref="A52:B52"/>
     <mergeCell ref="C52:D52"/>
     <mergeCell ref="A53:B53"/>
     <mergeCell ref="C53:D53"/>
     <mergeCell ref="A54:B54"/>
     <mergeCell ref="C54:D54"/>
     <mergeCell ref="A55:B55"/>
     <mergeCell ref="C55:D55"/>
-    <mergeCell ref="A56:B56"/>
-[...12 lines deleted...]
-    <mergeCell ref="C62:D62"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>