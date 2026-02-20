--- v2 (2026-01-09)
+++ v3 (2026-02-20)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>CSDH-ZM71-WB</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Duo-split 4z cassette 60x60 power inv. 7,1 kW (YHA)</t>
   </si>
   <si>
@@ -88,56 +88,65 @@
   <si>
     <t>Op buiten-unit</t>
   </si>
   <si>
     <t>Bekabeling tussen buiten- en binnen-unit</t>
   </si>
   <si>
     <t>4x 1,5mm²</t>
   </si>
   <si>
     <t>Voeding, fase &amp; frequentie buitendeel</t>
   </si>
   <si>
     <t>230V /  1~N+a / 50 Hz</t>
   </si>
   <si>
     <t>Technische gegevens</t>
   </si>
   <si>
     <t>Type koudemiddel (GWP)</t>
   </si>
   <si>
     <t>R32 (675)</t>
   </si>
   <si>
+    <t>Voorgevuld tot x meter leidinglengte</t>
+  </si>
+  <si>
+    <t>m</t>
+  </si>
+  <si>
+    <t>Extra vulling per meter leidinglengte</t>
+  </si>
+  <si>
+    <t>g</t>
+  </si>
+  <si>
     <t>Max. hoogteverschil</t>
   </si>
   <si>
-    <t>m</t>
-[...1 lines deleted...]
-  <si>
     <t>Luchtdebiet buitendeel</t>
   </si>
   <si>
     <t>m3/h</t>
   </si>
   <si>
     <t>Bedrijfstemperatuur koelen (Dry Bulb)</t>
   </si>
   <si>
     <t>-15.00 - 46.00</t>
   </si>
   <si>
     <t>°C</t>
   </si>
   <si>
     <t>Bedrijfstemperatuur verwarmen (Wet Bulb)</t>
   </si>
   <si>
     <t>-20.00 - 21.00</t>
   </si>
   <si>
     <t>Max. leidinglengte totaal</t>
   </si>
   <si>
     <t>Aantal binnenunits totaal</t>
@@ -209,50 +218,56 @@
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Werkingsprincipe</t>
   </si>
   <si>
     <t>Koelen en verwarmen</t>
   </si>
   <si>
     <t>Model (binnenunit)</t>
   </si>
   <si>
     <t>Cassette (4-zijdig)</t>
   </si>
   <si>
     <t>Kleur binnenunit</t>
   </si>
   <si>
     <t>Wit</t>
   </si>
   <si>
     <t>Inverter gestuurd</t>
   </si>
   <si>
     <t>Ja</t>
+  </si>
+  <si>
+    <t>Voorzien van winterregeling</t>
+  </si>
+  <si>
+    <t>Ja (-15°C)</t>
   </si>
   <si>
     <t>Met draadloze afstandsbediening</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Met afstandsbediening</t>
   </si>
   <si>
     <t>Met klokprogramma/timer</t>
   </si>
   <si>
     <t>Met luchtzuiveringsfilter</t>
   </si>
   <si>
     <t>Met geurfilter</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -694,51 +709,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E55"/>
+  <dimension ref="A1:E58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1"/>
       <c r="B1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2" t="s">
         <v>1</v>
       </c>
@@ -872,509 +887,552 @@
       <c r="C19" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="4"/>
       <c r="C20" s="4" t="s">
         <v>23</v>
       </c>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="4"/>
       <c r="C21" s="4">
-        <v>30.0</v>
+        <v>30</v>
       </c>
       <c r="D21" s="4"/>
       <c r="E21" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="4"/>
       <c r="C22" s="4">
-        <v>3300</v>
+        <v>40</v>
       </c>
       <c r="D22" s="4"/>
       <c r="E22" s="4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="4"/>
-      <c r="C23" s="4" t="s">
-        <v>29</v>
+      <c r="C23" s="4">
+        <v>30.0</v>
       </c>
       <c r="D23" s="4"/>
       <c r="E23" s="4" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="4" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B24" s="4"/>
-      <c r="C24" s="4" t="s">
-        <v>32</v>
+      <c r="C24" s="4">
+        <v>3300</v>
       </c>
       <c r="D24" s="4"/>
       <c r="E24" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B25" s="4"/>
-      <c r="C25" s="4">
-        <v>55.0</v>
+      <c r="C25" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="D25" s="4"/>
       <c r="E25" s="4" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B26" s="4"/>
-      <c r="C26" s="4">
+      <c r="C26" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D26" s="4"/>
+      <c r="E26" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B27" s="4"/>
+      <c r="C27" s="4">
+        <v>55.0</v>
+      </c>
+      <c r="D27" s="4"/>
+      <c r="E27" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B28" s="4"/>
+      <c r="C28" s="4">
         <v>2.0</v>
       </c>
-      <c r="D26" s="4"/>
-[...12 lines deleted...]
-      <c r="A29" s="3" t="s">
+      <c r="D28" s="4"/>
+      <c r="E28" s="4"/>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B29" s="3"/>
-      <c r="C29" s="3" t="s">
+      <c r="B31" s="3"/>
+      <c r="C31" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D29" s="3"/>
-      <c r="E29" s="3" t="s">
+      <c r="D31" s="3"/>
+      <c r="E31" s="3" t="s">
         <v>11</v>
-      </c>
-[...24 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B32" s="4"/>
+      <c r="C32" s="4" t="s">
         <v>40</v>
-      </c>
-[...2 lines deleted...]
-        <v>51.0</v>
       </c>
       <c r="D32" s="4"/>
       <c r="E32" s="4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B33" s="4"/>
       <c r="C33" s="4" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D33" s="4"/>
       <c r="E33" s="4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B34" s="4"/>
       <c r="C34" s="4">
-        <v>49.0</v>
+        <v>51.0</v>
       </c>
       <c r="D34" s="4"/>
       <c r="E34" s="4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="4" t="s">
         <v>44</v>
       </c>
       <c r="B35" s="4"/>
-      <c r="C35" s="4">
-        <v>67.0</v>
+      <c r="C35" s="4" t="s">
+        <v>45</v>
       </c>
       <c r="D35" s="4"/>
       <c r="E35" s="4" t="s">
-        <v>38</v>
+        <v>41</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B36" s="4"/>
+      <c r="C36" s="4">
+        <v>49.0</v>
+      </c>
+      <c r="D36" s="4"/>
+      <c r="E36" s="4" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="37" spans="1:5">
-      <c r="A37" s="2" t="s">
-[...8 lines deleted...]
-      <c r="A38" s="3" t="s">
+      <c r="A37" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="B37" s="4"/>
+      <c r="C37" s="4">
+        <v>67.0</v>
+      </c>
+      <c r="D37" s="4"/>
+      <c r="E37" s="4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B39" s="2"/>
+      <c r="C39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+    </row>
+    <row r="40" spans="1:5">
+      <c r="A40" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B38" s="3"/>
-      <c r="C38" s="3" t="s">
+      <c r="B40" s="3"/>
+      <c r="C40" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D38" s="3"/>
-      <c r="E38" s="3" t="s">
+      <c r="D40" s="3"/>
+      <c r="E40" s="3" t="s">
         <v>11</v>
-      </c>
-[...22 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B41" s="4"/>
-      <c r="C41" s="4">
-        <v>15.0</v>
+      <c r="C41" s="4" t="s">
+        <v>50</v>
       </c>
       <c r="D41" s="4"/>
-      <c r="E41" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E41" s="4"/>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="4" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B42" s="4"/>
       <c r="C42" s="4" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D42" s="4"/>
       <c r="E42" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B43" s="4"/>
       <c r="C43" s="4">
-        <v>67.0</v>
+        <v>15.0</v>
       </c>
       <c r="D43" s="4"/>
       <c r="E43" s="4" t="s">
-        <v>52</v>
+        <v>55</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5">
+      <c r="A44" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B44" s="4"/>
+      <c r="C44" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D44" s="4"/>
+      <c r="E44" s="4" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:5">
-      <c r="A45" s="2" t="s">
-[...8 lines deleted...]
-      <c r="A46" s="3" t="s">
+      <c r="A45" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B45" s="4"/>
+      <c r="C45" s="4">
+        <v>67.0</v>
+      </c>
+      <c r="D45" s="4"/>
+      <c r="E45" s="4" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5">
+      <c r="A47" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B46" s="3"/>
-      <c r="C46" s="3" t="s">
+      <c r="B48" s="3"/>
+      <c r="C48" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D46" s="3"/>
-      <c r="E46" s="3" t="s">
+      <c r="D48" s="3"/>
+      <c r="E48" s="3" t="s">
         <v>11</v>
       </c>
-    </row>
-[...20 lines deleted...]
-      <c r="E48" s="4"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="4" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B49" s="4"/>
       <c r="C49" s="4" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D49" s="4"/>
       <c r="E49" s="4"/>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="4" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D50" s="4"/>
       <c r="E50" s="4"/>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="4" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D51" s="4"/>
       <c r="E51" s="4"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="4" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B52" s="4"/>
       <c r="C52" s="4" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D52" s="4"/>
       <c r="E52" s="4"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B54" s="4"/>
       <c r="C54" s="4" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="D54" s="4"/>
       <c r="E54" s="4"/>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B55" s="4"/>
       <c r="C55" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D55" s="4"/>
       <c r="E55" s="4"/>
+    </row>
+    <row r="56" spans="1:5">
+      <c r="A56" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="B56" s="4"/>
+      <c r="C56" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D56" s="4"/>
+      <c r="E56" s="4"/>
+    </row>
+    <row r="57" spans="1:5">
+      <c r="A57" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="B57" s="4"/>
+      <c r="C57" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D57" s="4"/>
+      <c r="E57" s="4"/>
+    </row>
+    <row r="58" spans="1:5">
+      <c r="A58" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="B58" s="4"/>
+      <c r="C58" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D58" s="4"/>
+      <c r="E58" s="4"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="C24:D24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="C26:D26"/>
-    <mergeCell ref="A28:E28"/>
-[...3 lines deleted...]
-    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="C27:D27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="A30:E30"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="A32:B32"/>
     <mergeCell ref="C32:D32"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="C33:D33"/>
     <mergeCell ref="A34:B34"/>
     <mergeCell ref="C34:D34"/>
     <mergeCell ref="A35:B35"/>
     <mergeCell ref="C35:D35"/>
-    <mergeCell ref="A37:E37"/>
-[...3 lines deleted...]
-    <mergeCell ref="C39:D39"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="A39:E39"/>
     <mergeCell ref="A40:B40"/>
     <mergeCell ref="C40:D40"/>
     <mergeCell ref="A41:B41"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="A42:B42"/>
     <mergeCell ref="C42:D42"/>
     <mergeCell ref="A43:B43"/>
     <mergeCell ref="C43:D43"/>
-    <mergeCell ref="A45:E45"/>
-[...3 lines deleted...]
-    <mergeCell ref="C47:D47"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="C45:D45"/>
+    <mergeCell ref="A47:E47"/>
     <mergeCell ref="A48:B48"/>
     <mergeCell ref="C48:D48"/>
     <mergeCell ref="A49:B49"/>
     <mergeCell ref="C49:D49"/>
     <mergeCell ref="A50:B50"/>
     <mergeCell ref="C50:D50"/>
     <mergeCell ref="A51:B51"/>
     <mergeCell ref="C51:D51"/>
     <mergeCell ref="A52:B52"/>
     <mergeCell ref="C52:D52"/>
     <mergeCell ref="A53:B53"/>
     <mergeCell ref="C53:D53"/>
     <mergeCell ref="A54:B54"/>
     <mergeCell ref="C54:D54"/>
     <mergeCell ref="A55:B55"/>
     <mergeCell ref="C55:D55"/>
+    <mergeCell ref="A56:B56"/>
+    <mergeCell ref="C56:D56"/>
+    <mergeCell ref="A57:B57"/>
+    <mergeCell ref="C57:D57"/>
+    <mergeCell ref="A58:B58"/>
+    <mergeCell ref="C58:D58"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>