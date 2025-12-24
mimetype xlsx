--- v0 (2025-10-08)
+++ v1 (2025-12-24)
@@ -713,51 +713,51 @@
       <c r="C18" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="4"/>
       <c r="C19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="4"/>
       <c r="C20" s="4">
-        <v>1</v>
+        <v>1.0</v>
       </c>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="4"/>
       <c r="C21" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="4"/>
       <c r="C22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>