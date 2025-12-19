--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -55,51 +55,51 @@
   <si>
     <t>ASFF23</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>StrutFoot Frame tbv City Multi L + XL</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (LxBxH)</t>
   </si>
   <si>
-    <t>3500 x 1600 x 250 mm</t>
+    <t>3500 x 1600 x 250</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Kleur</t>
   </si>
   <si>
     <t>Overig</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>