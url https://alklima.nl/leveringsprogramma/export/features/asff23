--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -14,104 +14,95 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>ASFF23</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>StrutFoot Frame tbv City Multi L + XL</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (LxBxH)</t>
   </si>
   <si>
     <t>3500 x 1600 x 250</t>
   </si>
   <si>
     <t>mm</t>
-  </si>
-[...7 lines deleted...]
-    <t>Overig</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -535,51 +526,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E16"/>
+  <dimension ref="A1:E12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1"/>
       <c r="B1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2" t="s">
         <v>1</v>
       </c>
@@ -628,97 +619,59 @@
       <c r="A11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="4"/>
       <c r="C12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="4"/>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="14" spans="1:5">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
-    <mergeCell ref="A14:E14"/>
-[...3 lines deleted...]
-    <mergeCell ref="C16:D16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>