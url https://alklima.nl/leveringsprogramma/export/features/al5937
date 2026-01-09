--- v0 (2025-10-14)
+++ v1 (2026-01-09)
@@ -14,110 +14,98 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>AL5937</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Economy muurrozet 80 mm - wit</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Breedte</t>
   </si>
   <si>
-    <t>80 mm</t>
-[...1 lines deleted...]
-  <si>
     <t>mm</t>
   </si>
   <si>
     <t>Diepte</t>
   </si>
   <si>
-    <t>60 mm</t>
-[...1 lines deleted...]
-  <si>
     <t>Uitvoering &amp; werking</t>
-  </si>
-[...4 lines deleted...]
-    <t>Wit</t>
   </si>
   <si>
     <t>Materiaal</t>
   </si>
   <si>
     <t>Kunststof</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Met deksel</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Geschikt voor buitengebruik</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Leidingbevestiging binnenzijde</t>
   </si>
@@ -565,51 +553,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E24"/>
+  <dimension ref="A1:E23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1"/>
       <c r="B1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2" t="s">
         <v>1</v>
       </c>
@@ -650,197 +638,184 @@
         <v>8</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="4"/>
-      <c r="C12" s="4" t="s">
-        <v>13</v>
+      <c r="C12" s="4">
+        <v>80.0</v>
       </c>
       <c r="D12" s="4"/>
       <c r="E12" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B13" s="4"/>
-      <c r="C13" s="4" t="s">
-        <v>16</v>
+      <c r="C13" s="4">
+        <v>60.0</v>
       </c>
       <c r="D13" s="4"/>
       <c r="E13" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="2" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B17" s="4"/>
       <c r="C17" s="4" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
     </row>
-    <row r="18" spans="1:5">
-      <c r="A18" s="4" t="s">
+    <row r="19" spans="1:5">
+      <c r="A19" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B20" s="3"/>
+      <c r="C20" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="4"/>
+      <c r="C21" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="B18" s="4"/>
-[...26 lines deleted...]
-      </c>
+      <c r="D21" s="4"/>
+      <c r="E21" s="4"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="4" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B22" s="4"/>
       <c r="C22" s="4" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
-    </row>
-[...9 lines deleted...]
-      <c r="E24" s="4"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="C17:D17"/>
-    <mergeCell ref="A18:B18"/>
-[...1 lines deleted...]
-    <mergeCell ref="A20:E20"/>
+    <mergeCell ref="A19:E19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="C20:D20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="C23:D23"/>
-    <mergeCell ref="A24:B24"/>
-    <mergeCell ref="C24:D24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>