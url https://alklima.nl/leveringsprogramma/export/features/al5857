--- v0 (2025-10-09)
+++ v1 (2025-12-20)
@@ -55,51 +55,51 @@
   <si>
     <t>AL5857</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Pijpbeugel met rubber inleg 1 zijdige sluiting 50-55 M8(50)</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Uitwendige buisdiameter</t>
   </si>
   <si>
-    <t>50.00 - 55.00 mm</t>
+    <t>50.00 - 55.00</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Oppervlaktebehandeling</t>
   </si>
   <si>
     <t>Geen (onbehandeld)</t>
   </si>
   <si>
     <t>Geschikt voor aantal buizen</t>
   </si>
   <si>
     <t>Geschikt voor spiraalbuis</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Materiaal</t>
   </si>
@@ -166,51 +166,51 @@
   <si>
     <t>Geschikt voor kunststof buis</t>
   </si>
   <si>
     <t>Sluitvoorziening</t>
   </si>
   <si>
     <t>Enkel schroef</t>
   </si>
   <si>
     <t>FM keur</t>
   </si>
   <si>
     <t>UL-keur</t>
   </si>
   <si>
     <t>ULC keur</t>
   </si>
   <si>
     <t>LPCB keur</t>
   </si>
   <si>
     <t>Mediumtemperatuur (continu)</t>
   </si>
   <si>
-    <t>-10.00 - 50.00 °C</t>
+    <t>-10.00 - 50.00</t>
   </si>
   <si>
     <t>°C</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -769,51 +769,51 @@
       <c r="C15" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="4"/>
       <c r="C16" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="4"/>
       <c r="C17" s="4">
-        <v>1</v>
+        <v>1.0</v>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="4"/>
       <c r="C18" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="4"/>
       <c r="C19" s="4" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>