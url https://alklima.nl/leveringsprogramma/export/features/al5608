--- v0 (2025-10-08)
+++ v1 (2025-12-24)
@@ -15,107 +15,101 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="svg" ContentType="application/octet-stream"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>AL5608.</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>TC-U-W-13x28 Isolatie UV kleur wit - 2 mtr</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Vorm</t>
   </si>
   <si>
     <t>Rond</t>
   </si>
   <si>
     <t>Dikte</t>
   </si>
   <si>
-    <t>13 mm</t>
-[...1 lines deleted...]
-  <si>
     <t>mm</t>
   </si>
   <si>
     <t>Inwendige diameter</t>
-  </si>
-[...1 lines deleted...]
-    <t>28 mm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -635,69 +629,69 @@
       <c r="B11" s="3"/>
       <c r="C11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="4"/>
       <c r="C12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="4"/>
-      <c r="C13" s="4" t="s">
-        <v>15</v>
+      <c r="C13" s="4">
+        <v>13.0</v>
       </c>
       <c r="D13" s="4"/>
       <c r="E13" s="4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B14" s="4"/>
-      <c r="C14" s="4" t="s">
-        <v>18</v>
+      <c r="C14" s="4">
+        <v>28.0</v>
       </c>
       <c r="D14" s="4"/>
       <c r="E14" s="4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="C14:D14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>