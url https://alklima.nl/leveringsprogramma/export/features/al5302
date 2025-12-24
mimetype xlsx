--- v0 (2025-10-20)
+++ v1 (2025-12-24)
@@ -14,158 +14,155 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>AL5302</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>RODIGAS muursteun 70 + 70 kg - 1000 x 375 x 550 mm</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Breedte</t>
   </si>
   <si>
-    <t>1000.00 - 0.00 mm</t>
+    <t>1000.00 - 0.00</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Diepte</t>
   </si>
   <si>
-    <t>375.00 - 0.00 mm</t>
+    <t>375.00 - 0.00</t>
   </si>
   <si>
     <t>Hoogte</t>
   </si>
   <si>
-    <t>550.00 - 0.00 mm</t>
+    <t>550.00 - 0.00</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>RAL-nummer</t>
   </si>
   <si>
     <t>Met bevestigingsmateriaal</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Console geschikt voor wand</t>
   </si>
   <si>
     <t>Console geschikt voor plafond</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Geschikt voor hangende apparaten</t>
   </si>
   <si>
     <t>Geschikt voor staande apparaten</t>
   </si>
   <si>
     <t>Met trillingsdempers</t>
   </si>
   <si>
     <t>Materiaal</t>
   </si>
   <si>
     <t>Staal</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Oppervlaktebescherming</t>
   </si>
   <si>
     <t>Elektrolytisch verzinkt en gecoat</t>
   </si>
   <si>
     <t>Draaglast</t>
-  </si>
-[...1 lines deleted...]
-    <t>140 kg</t>
   </si>
   <si>
     <t>kg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -739,51 +736,51 @@
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="4"/>
       <c r="C18" s="4">
-        <v>9002</v>
+        <v>9002.0</v>
       </c>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="4"/>
       <c r="C19" s="4" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="4"/>
       <c r="C20" s="4" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
@@ -859,56 +856,56 @@
       <c r="B28" s="3"/>
       <c r="C28" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B29" s="4"/>
       <c r="C29" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="4"/>
       <c r="E29" s="4"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B30" s="4"/>
-      <c r="C30" s="4" t="s">
-        <v>35</v>
+      <c r="C30" s="4">
+        <v>140.0</v>
       </c>
       <c r="D30" s="4"/>
       <c r="E30" s="4" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="A16:E16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="A21:B21"/>