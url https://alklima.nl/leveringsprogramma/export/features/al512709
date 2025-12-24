--- v0 (2025-10-11)
+++ v1 (2025-12-24)
@@ -56,60 +56,60 @@
   <si>
     <t>AL512709</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Fischer muursteun 150 + 150 kg - 520 x 440 mm</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Diepte</t>
   </si>
   <si>
-    <t>440.00 - 0.00 mm</t>
+    <t>440.00 - 0.00</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Hoogte</t>
   </si>
   <si>
-    <t>520.00 - 0.00 mm</t>
+    <t>520.00 - 0.00</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Met bevestigingsmateriaal</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Console geschikt voor wand</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Console geschikt voor plafond</t>
   </si>
   <si>
     <t>Geschikt voor hangende apparaten</t>
   </si>
   <si>
     <t>Geschikt voor staande apparaten</t>
   </si>