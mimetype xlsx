--- v0 (2025-10-08)
+++ v1 (2025-12-27)
@@ -14,107 +14,101 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Alklima B.V.</t>
   </si>
   <si>
     <t>Van Hennaertweg 29</t>
   </si>
   <si>
     <t>2952 CA Alblasserdam</t>
   </si>
   <si>
     <t>NEDERLAND</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>AL3221</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>K15-3 koelleiding op rol (15m) - 3/8 x 0,81 mm</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Uitwendige buisdiameter</t>
   </si>
   <si>
-    <t>9.53 mm</t>
-[...1 lines deleted...]
-  <si>
     <t>mm</t>
   </si>
   <si>
     <t>Nom. diameter</t>
   </si>
   <si>
     <t>3/8" (10)</t>
   </si>
   <si>
     <t>Wanddikte</t>
-  </si>
-[...1 lines deleted...]
-    <t>0.81 mm</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Oppervlaktebescherming binnenzijde</t>
   </si>
   <si>
     <t>Geen (onbehandeld)</t>
   </si>
   <si>
     <t>Met montageset</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Met overgangskoppeling</t>
   </si>
   <si>
     <t>Met bekleding</t>
   </si>
   <si>
     <t>Materiaal</t>
   </si>
@@ -680,254 +674,254 @@
         <v>8</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="4"/>
-      <c r="C12" s="4" t="s">
-        <v>13</v>
+      <c r="C12" s="4">
+        <v>9.53</v>
       </c>
       <c r="D12" s="4"/>
       <c r="E12" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B13" s="4"/>
       <c r="C13" s="4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B14" s="4"/>
-      <c r="C14" s="4" t="s">
-        <v>18</v>
+      <c r="C14" s="4">
+        <v>0.81</v>
       </c>
       <c r="D14" s="4"/>
       <c r="E14" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="2" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="4" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B18" s="4"/>
       <c r="C18" s="4" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B19" s="4"/>
       <c r="C19" s="4" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="4" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B20" s="4"/>
       <c r="C20" s="4" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B21" s="4"/>
       <c r="C21" s="4" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="4" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B22" s="4"/>
       <c r="C22" s="4" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="2" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="4" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B27" s="4"/>
       <c r="C27" s="4" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="4" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B28" s="4"/>
       <c r="C28" s="4" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D28" s="4"/>
       <c r="E28" s="4"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B29" s="4"/>
       <c r="C29" s="4" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D29" s="4"/>
       <c r="E29" s="4"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="4" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B30" s="4"/>
       <c r="C30" s="4" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D30" s="4"/>
       <c r="E30" s="4"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B31" s="4"/>
       <c r="C31" s="4" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D31" s="4"/>
       <c r="E31" s="4"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B32" s="4"/>
       <c r="C32" s="4" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D32" s="4"/>
       <c r="E32" s="4"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B6:B6"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="A16:E16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="A20:B20"/>