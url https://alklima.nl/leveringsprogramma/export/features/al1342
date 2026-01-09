--- v0 (2025-10-19)
+++ v1 (2026-01-09)
@@ -55,51 +55,51 @@
   <si>
     <t>AL1342</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Slangklem 60-270 mm</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Klembereik</t>
   </si>
   <si>
-    <t>60.00 - 270.00 mm</t>
+    <t>60.00 - 270.00</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Materiaal behuizing</t>
   </si>
   <si>
     <t>Staal verzinkt</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Materiaal band</t>
   </si>
   <si>
     <t>Materiaal wormschroef</t>
   </si>
 </sst>
 </file>
 