--- v0 (2025-10-04)
+++ v1 (2025-12-29)
@@ -55,51 +55,51 @@
   <si>
     <t>AE-C400 E</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Touch screen centrale bediening (tot 400 binnendelen)</t>
   </si>
   <si>
     <t>Afmetingen &amp; aansluitingen</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Afmetingen (HxBxD)</t>
   </si>
   <si>
-    <t>211 × 306 × 71.8 mm</t>
+    <t>211 × 306 × 71.8</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>Uitvoering &amp; werking</t>
   </si>
   <si>
     <t>Met display</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Overige gegevens</t>
   </si>
   <si>
     <t>Draadloos</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Signaaloverdracht</t>
   </si>
@@ -735,51 +735,51 @@
       </c>
       <c r="B20" s="4"/>
       <c r="C20" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="4"/>
       <c r="C21" s="4" t="s">
         <v>22</v>
       </c>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="4"/>
       <c r="C22" s="4">
-        <v>50</v>
+        <v>50.0</v>
       </c>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B24" s="4"/>
       <c r="C24" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>